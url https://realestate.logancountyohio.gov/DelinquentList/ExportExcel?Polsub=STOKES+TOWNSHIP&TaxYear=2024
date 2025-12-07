--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="502" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="443">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00051</t>
   </si>
   <si>
     <t>SMITH JOYCE</t>
   </si>
   <si>
@@ -121,95 +121,68 @@
   <si>
     <t>WILLIAMS CHARLOTTE</t>
   </si>
   <si>
     <t>12070 SHANNON DR LOT 62</t>
   </si>
   <si>
     <t>00420</t>
   </si>
   <si>
     <t>ROMINE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 24</t>
   </si>
   <si>
     <t>00435</t>
   </si>
   <si>
     <t>HATFIELD CORINNA</t>
   </si>
   <si>
     <t>11358 MOHAWK PATH LOT 947</t>
   </si>
   <si>
-    <t>00691</t>
-[...7 lines deleted...]
-  <si>
     <t>00709</t>
   </si>
   <si>
     <t>ANDERSON CARL &amp; DELLA J ANDERSON</t>
   </si>
   <si>
     <t>250 GROVE STREET</t>
   </si>
   <si>
-    <t>00726</t>
-[...7 lines deleted...]
-  <si>
     <t>00730</t>
   </si>
   <si>
     <t>BEEBE TERRI S</t>
   </si>
   <si>
     <t xml:space="preserve">12047 SHANNON DR LOT 46  LOT 46</t>
   </si>
   <si>
-    <t>00861</t>
-[...7 lines deleted...]
-  <si>
     <t>01182</t>
   </si>
   <si>
     <t>GESSNER-LONG MELISSA</t>
   </si>
   <si>
     <t>11900 DUFF RD LOT 14</t>
   </si>
   <si>
     <t>01183</t>
   </si>
   <si>
     <t>VALLANCE JEFFERSON D &amp; MARTHA L</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 58</t>
   </si>
   <si>
     <t>01222</t>
   </si>
   <si>
     <t>BOWER SHANA</t>
   </si>
   <si>
     <t>290 STEPHENSON ST LOT 10</t>
@@ -274,59 +247,50 @@
   <si>
     <t>SLONECKER BOBBY</t>
   </si>
   <si>
     <t>9043 QUEEN</t>
   </si>
   <si>
     <t>01535</t>
   </si>
   <si>
     <t>WANDELL JOANN</t>
   </si>
   <si>
     <t xml:space="preserve">8651 S R 368  LOT 27-B</t>
   </si>
   <si>
     <t>01598</t>
   </si>
   <si>
     <t>STRICKLAND SHERI LYNN</t>
   </si>
   <si>
     <t>12014 HOLLY DR LOT 29</t>
   </si>
   <si>
-    <t>01696</t>
-[...7 lines deleted...]
-  <si>
     <t>01713</t>
   </si>
   <si>
     <t>HIGGINS ABBA R</t>
   </si>
   <si>
     <t xml:space="preserve">10902 ASH ST LOT 36  LOT 36</t>
   </si>
   <si>
     <t>01730</t>
   </si>
   <si>
     <t>SCHECKELHOFF JEROME C/R GARY J SCHECKELHOFF</t>
   </si>
   <si>
     <t xml:space="preserve">BLACKHAWK LOT 17  LOT 17</t>
   </si>
   <si>
     <t>01746</t>
   </si>
   <si>
     <t>OAKLEY MICKEY F</t>
   </si>
   <si>
     <t>10968 WALNUT ST</t>
@@ -472,59 +436,50 @@
   <si>
     <t>DAVIDSON HANNAH</t>
   </si>
   <si>
     <t>10932 ASH ST LOT 26</t>
   </si>
   <si>
     <t>02758</t>
   </si>
   <si>
     <t>BAUM JOHN A</t>
   </si>
   <si>
     <t>11322 MOHAWK PATH</t>
   </si>
   <si>
     <t>03068</t>
   </si>
   <si>
     <t>LONG ANDREA D</t>
   </si>
   <si>
     <t>12078 SHANNON DR LOT 63</t>
   </si>
   <si>
-    <t>03083</t>
-[...7 lines deleted...]
-  <si>
     <t>03098</t>
   </si>
   <si>
     <t>CONLEY BETH ANN</t>
   </si>
   <si>
     <t>12103 BAYVIEW DR LOT 79</t>
   </si>
   <si>
     <t>03200</t>
   </si>
   <si>
     <t>JACKSON STEPHEN</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 40</t>
   </si>
   <si>
     <t>03213</t>
   </si>
   <si>
     <t>FALLEN BRETT</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 32</t>
@@ -562,229 +517,153 @@
   <si>
     <t>SNAPP GERALD II</t>
   </si>
   <si>
     <t>11287 TUSCARORA PATH</t>
   </si>
   <si>
     <t>03377</t>
   </si>
   <si>
     <t>PETERS JAMES J</t>
   </si>
   <si>
     <t>11132 KIOWA PATH</t>
   </si>
   <si>
     <t>03497</t>
   </si>
   <si>
     <t>SELLERS DANIELLE</t>
   </si>
   <si>
     <t>13670 S R 235 N</t>
   </si>
   <si>
-    <t>03520</t>
-[...7 lines deleted...]
-  <si>
     <t>03546</t>
   </si>
   <si>
     <t>JOHNSON RICKY</t>
   </si>
   <si>
     <t>10971 C R 293</t>
   </si>
   <si>
     <t>43-004-00-00-048-000</t>
   </si>
   <si>
     <t>STATE OF OHIO DEPARTMENT OF NATURAL RESOURCES</t>
   </si>
   <si>
     <t xml:space="preserve">13042 S R 235  
 </t>
   </si>
   <si>
-    <t>43-004-19-04-013-000</t>
-[...8 lines deleted...]
-  <si>
     <t>43-004-19-11-025-002</t>
   </si>
   <si>
     <t>PATTERSON JOSEPH C ETAL &amp; KIMBERLY A</t>
   </si>
   <si>
     <t xml:space="preserve">11275 COOPER DR  
 </t>
   </si>
   <si>
-    <t>43-005-00-00-011-000</t>
-[...15 lines deleted...]
-  <si>
     <t>43-005-13-01-002-000</t>
   </si>
   <si>
     <t>RICE CHRISTINE</t>
   </si>
   <si>
     <t xml:space="preserve">13411 EAGLE PATH  
 </t>
   </si>
   <si>
     <t>43-005-13-01-002-001</t>
   </si>
   <si>
     <t xml:space="preserve">EAGLE PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-08-009-000</t>
   </si>
   <si>
     <t>RHINOCK SCOT J</t>
   </si>
   <si>
     <t xml:space="preserve">11524 TECUMSEH PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-13-013-000</t>
   </si>
   <si>
     <t>BANK OF NEW YORK TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">BLACKHAWK AVE  
 </t>
   </si>
   <si>
     <t>43-005-14-14-002-000</t>
   </si>
   <si>
     <t>GIBBONS CHARLES S</t>
   </si>
   <si>
     <t xml:space="preserve">POCAHONTAS PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-14-003-000</t>
   </si>
   <si>
-    <t>43-005-14-14-004-000</t>
-[...14 lines deleted...]
-  <si>
     <t>43-005-14-14-006-000</t>
   </si>
   <si>
     <t>ROBINSON MICHAEL J</t>
   </si>
   <si>
     <t xml:space="preserve">11364 POCAHONTAS PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-14-007-000</t>
   </si>
   <si>
     <t xml:space="preserve">11364 POCAHONTAS  
 </t>
   </si>
   <si>
-    <t>43-005-14-14-034-000</t>
-[...12 lines deleted...]
-  <si>
     <t>43-005-14-14-036-000</t>
   </si>
   <si>
     <t xml:space="preserve">11407 BLACKHAWK PATH  
 </t>
   </si>
   <si>
-    <t>43-005-14-15-012-000</t>
-[...8 lines deleted...]
-  <si>
     <t>43-005-14-16-001-000</t>
   </si>
   <si>
     <t>CLAWSON TAMMY J</t>
   </si>
   <si>
     <t xml:space="preserve">11420 BIG BEAR PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-17-005-000</t>
   </si>
   <si>
     <t>KENNEDY COVERSTONE BRENDA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">TECUMSEH  
 </t>
   </si>
   <si>
     <t>43-005-14-17-006-000</t>
   </si>
   <si>
     <t xml:space="preserve">11386 TECUMSEH PATH  
 </t>
@@ -1015,51 +894,51 @@
   </si>
   <si>
     <t>43-005-18-03-037-000</t>
   </si>
   <si>
     <t>VANCE KATHLEEN M</t>
   </si>
   <si>
     <t xml:space="preserve">SHAWNEE PATH  
 </t>
   </si>
   <si>
     <t>43-005-18-04-036-000</t>
   </si>
   <si>
     <t>KOHLRIESER SHAWNA L</t>
   </si>
   <si>
     <t xml:space="preserve">13610 BLUE JACKET PA  
 </t>
   </si>
   <si>
     <t>43-005-18-10-022-000</t>
   </si>
   <si>
-    <t>HOFFMAN MARY KATHERINE</t>
+    <t>HOFFMAN ANDREW</t>
   </si>
   <si>
     <t>43-005-18-10-025-000</t>
   </si>
   <si>
     <t xml:space="preserve">11035 TECUMSEH PATH  
 </t>
   </si>
   <si>
     <t>43-005-18-11-015-001</t>
   </si>
   <si>
     <t>MABRY DANIEL LEE</t>
   </si>
   <si>
     <t>43-005-18-11-030-000</t>
   </si>
   <si>
     <t xml:space="preserve">11105 BIG BEAR PATH  
 </t>
   </si>
   <si>
     <t>43-005-18-12-006-000</t>
   </si>
   <si>
@@ -1077,220 +956,180 @@
   </si>
   <si>
     <t>43-005-18-18-001-001</t>
   </si>
   <si>
     <t>HONAKER JERRY R JR ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">SEMINOLE PATH  
 </t>
   </si>
   <si>
     <t>43-005-18-18-005-000</t>
   </si>
   <si>
     <t>43-005-20-02-001-001</t>
   </si>
   <si>
     <t>DOWNING ROGER C SR ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">PRIVATE DR  
 </t>
   </si>
   <si>
-    <t>43-006-00-00-002-000</t>
-[...2 lines deleted...]
-    <t>MCLAIN GREG ETUX &amp; LORI</t>
+    <t>43-006-10-01-007-001</t>
+  </si>
+  <si>
+    <t>BOBBER'S REAL ESTATE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>43-006-13-01-004-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9024 PRINCESS RD  
+</t>
+  </si>
+  <si>
+    <t>43-006-13-03-029-000</t>
+  </si>
+  <si>
+    <t>YOUNG JAIMIE ETAL &amp; JODI PATRICK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9050 QUEEN RD  
+</t>
+  </si>
+  <si>
+    <t>43-017-00-00-005-000</t>
+  </si>
+  <si>
+    <t>KOON ERIC A ETUX &amp; WHITNEY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13808 U S 33  
+</t>
+  </si>
+  <si>
+    <t>43-017-07-01-020-232</t>
+  </si>
+  <si>
+    <t>SANDERS WALLACE R ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRANDI AVE  
+</t>
+  </si>
+  <si>
+    <t>43-017-07-04-003-001</t>
+  </si>
+  <si>
+    <t>GILLESPIE TIM ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11663 VIOLA LN  
+</t>
+  </si>
+  <si>
+    <t>43-017-07-06-006-001</t>
+  </si>
+  <si>
+    <t>RICE SHANE M</t>
+  </si>
+  <si>
+    <t>43-017-07-06-007-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11543 CHANNEL VIEW DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-10-03-005-000</t>
+  </si>
+  <si>
+    <t>CAUDILL ADAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-11-02-009-000</t>
+  </si>
+  <si>
+    <t>WATERN DONALD P ETAL &amp; JUSTIN J WALLACE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10975 ELM ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-11-02-016-000</t>
+  </si>
+  <si>
+    <t>OAKLEY MICKEY FRANCIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WALNUT ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-11-07-001-000</t>
+  </si>
+  <si>
+    <t>MYERS DAUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10935 WALNUT ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-11-07-002-000</t>
+  </si>
+  <si>
+    <t>MURNAHAN KEVIN M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10919 WALNUT ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-01-010-000</t>
+  </si>
+  <si>
+    <t>RIGGIN JOHN E</t>
   </si>
   <si>
     <t xml:space="preserve">S R 235  
 </t>
   </si>
   <si>
-    <t>43-006-00-00-002-001</t>
-[...158 lines deleted...]
-  <si>
     <t>43-017-14-02-001-000</t>
   </si>
   <si>
     <t xml:space="preserve">10607 STATE ST  
 </t>
   </si>
   <si>
     <t>43-018-12-08-031-000</t>
   </si>
   <si>
     <t>GRACELY JULIE A TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">10472 SEMINOLE SHORE DR  
 </t>
   </si>
   <si>
     <t>43-018-12-18-006-000</t>
   </si>
   <si>
     <t>HORN STEVEN A</t>
   </si>
   <si>
     <t xml:space="preserve">9978 BUCKEYE DR  
 </t>
@@ -1317,60 +1156,50 @@
   </si>
   <si>
     <t>43-031-07-03-003-000</t>
   </si>
   <si>
     <t xml:space="preserve">8850 MADISON AVE  
 </t>
   </si>
   <si>
     <t>43-031-07-06-003-000</t>
   </si>
   <si>
     <t>HULVEY LEWIS E</t>
   </si>
   <si>
     <t xml:space="preserve">U S 33  
 </t>
   </si>
   <si>
     <t>43-668-00-00-000-000</t>
   </si>
   <si>
     <t>FAITH BAPTIST CHURCH</t>
   </si>
   <si>
-    <t>47-017-14-05-002-000</t>
-[...8 lines deleted...]
-  <si>
     <t>47-017-14-05-003-000</t>
   </si>
   <si>
     <t>HUBER SAMUEL R</t>
   </si>
   <si>
     <t xml:space="preserve">515 OAK ST  
 </t>
   </si>
   <si>
     <t>47-017-14-07-002-000</t>
   </si>
   <si>
     <t>DARLING BRAD</t>
   </si>
   <si>
     <t xml:space="preserve">NORTH ST  
 </t>
   </si>
   <si>
     <t>47-017-14-07-003-000</t>
   </si>
   <si>
     <t>47-017-14-07-007-000</t>
   </si>
@@ -1516,107 +1345,87 @@
   <si>
     <t xml:space="preserve">175 N OAK ST  
 </t>
   </si>
   <si>
     <t>47-017-18-04-001-000</t>
   </si>
   <si>
     <t>STILES MOLLY</t>
   </si>
   <si>
     <t xml:space="preserve">290 N MAIN ST  
 </t>
   </si>
   <si>
     <t>47-017-18-07-002-000</t>
   </si>
   <si>
     <t>CLEM STANLEY H</t>
   </si>
   <si>
     <t xml:space="preserve">125 CHURCH ST  
 </t>
   </si>
   <si>
-    <t>47-017-18-09-012-000</t>
-[...8 lines deleted...]
-  <si>
     <t>47-017-18-13-006-000</t>
   </si>
   <si>
     <t>MACKESY TODD M</t>
   </si>
   <si>
     <t xml:space="preserve">285 W HARRISON ST  
 </t>
   </si>
   <si>
     <t>47-017-18-13-014-000</t>
   </si>
   <si>
     <t>CARNAHAN MARY</t>
   </si>
   <si>
     <t xml:space="preserve">W HARRISON ST  
 </t>
   </si>
   <si>
     <t>47-031-06-02-001-000</t>
   </si>
   <si>
     <t>MACKESY TED J</t>
   </si>
   <si>
     <t xml:space="preserve">190 MARKET ST  
 </t>
   </si>
   <si>
     <t>47-031-06-06-013-000</t>
   </si>
   <si>
     <t>KENNER BETSI B</t>
   </si>
   <si>
     <t xml:space="preserve">360 UNION ST  
-</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">385 S R 235  
 </t>
   </si>
   <si>
     <t>47-031-06-08-007-000</t>
   </si>
   <si>
     <t>PRATT LARRY RONALD ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">165 MARKET ST  
 </t>
   </si>
   <si>
     <t>47-031-06-09-005-000</t>
   </si>
   <si>
     <t>TAYLOR MATTHEW E ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">450 OAK ST  
 </t>
   </si>
   <si>
     <t>00825</t>
   </si>
@@ -1662,3880 +1471,3420 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F190" headerRowCount="1">
-  <autoFilter ref="A1:F190"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F167" headerRowCount="1">
+  <autoFilter ref="A1:F167"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40754&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22535&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=36166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37278&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=36166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37278&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F190"/>
+  <dimension ref="A1:F167"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
     <col min="2" max="2" width="50.44309616088867" customWidth="1"/>
     <col min="3" max="3" width="25.253189086914062" customWidth="1"/>
     <col min="4" max="4" width="35.270023345947266" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>220.41</v>
+        <v>226.3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>169.67</v>
+        <v>174.19</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>773.56</v>
+        <v>794.18</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>169.48</v>
+        <v>174</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>87.82</v>
+        <v>90.16</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>809.72</v>
+        <v>831.31</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>250.87</v>
+        <v>257.57</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>1707.31</v>
+        <v>1750.17</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>468.64</v>
+        <v>481.13</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>47.64</v>
+        <v>48.91</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>137.8</v>
+        <v>46.17</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>44.97</v>
+        <v>164.17</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>195.15</v>
+        <v>3736.36</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>159.91</v>
+        <v>108.03</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>3689.3</v>
+        <v>793.44</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>3639.32</v>
+        <v>115.11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>105.22</v>
+        <v>68.28</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="3">
-        <v>772.82</v>
+        <v>46.17</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="3">
-        <v>112.12</v>
+        <v>360.17</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="3">
-        <v>66.51</v>
+        <v>699.4</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="3">
-        <v>44.97</v>
+        <v>340.09</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="3">
-        <v>350.83</v>
+        <v>399.13</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="3">
-        <v>681.24</v>
+        <v>1307.09</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="3">
-        <v>331.25</v>
+        <v>439.35</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="3">
-        <v>388.75</v>
+        <v>44.5</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="3">
-        <v>1273.16</v>
+        <v>1600.09</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="3">
-        <v>427.94</v>
+        <v>1276.86</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="3">
-        <v>0.98</v>
+        <v>86.9</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="3">
-        <v>43.34</v>
+        <v>58.65</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="3">
-        <v>1558.54</v>
+        <v>1771.72</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="3">
-        <v>1243.7</v>
+        <v>730.46</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="3">
-        <v>84.64</v>
+        <v>172.09</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="3">
-        <v>57.13</v>
+        <v>469.53</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="3">
-        <v>1725.7</v>
+        <v>20.05</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="3">
-        <v>711.48</v>
+        <v>61.94</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="3">
-        <v>167.61</v>
+        <v>23.54</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="3">
-        <v>457.33</v>
+        <v>525.67</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="3">
-        <v>19.53</v>
+        <v>218.16</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="3">
-        <v>60.33</v>
+        <v>39.72</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="3">
-        <v>22.93</v>
+        <v>18647.81</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E42" s="3">
-        <v>512.02</v>
+        <v>1077.62</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E43" s="3">
-        <v>212.49</v>
+        <v>2989.21</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="3">
-        <v>38.69</v>
+        <v>69.3</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="3">
-        <v>18166.04</v>
+        <v>2298.83</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="3">
-        <v>1049.63</v>
+        <v>308.79</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E47" s="3">
-        <v>2911.55</v>
+        <v>1682.71</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="3">
-        <v>67.5</v>
+        <v>25.47</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E49" s="3">
-        <v>2239.1</v>
+        <v>1157.11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="3">
-        <v>300.77</v>
+        <v>38.65</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E51" s="3">
-        <v>868.45</v>
+        <v>642.73</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E52" s="3">
-        <v>1639</v>
+        <v>3335.68</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="3">
-        <v>24.81</v>
+        <v>780.8</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E54" s="3">
-        <v>1127.07</v>
+        <v>230.52</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E55" s="3">
-        <v>37.64</v>
+        <v>93.57</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E56" s="3">
-        <v>626.04</v>
+        <v>41.02</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="D57" s="2" t="s">
         <v>175</v>
       </c>
       <c r="E57" s="3">
-        <v>3249.04</v>
+        <v>601.49</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="D58" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E58" s="3">
-        <v>760.51</v>
+        <v>5440.26</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="D59" s="2" t="s">
         <v>181</v>
       </c>
       <c r="E59" s="3">
-        <v>224.53</v>
+        <v>4418.68</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="3">
-        <v>91.14</v>
+        <v>409.62</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="C61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="3">
-        <v>7501.66</v>
+        <v>115.8</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="3">
-        <v>39.95</v>
+        <v>0.51</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="3">
-        <v>585.86</v>
+        <v>177.84</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E64" s="3">
-        <v>11043.21</v>
+        <v>170.58</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E65" s="3">
-        <v>5298.95</v>
+        <v>291.38</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E66" s="3">
-        <v>660.34</v>
+        <v>972.87</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E67" s="3">
-        <v>395.37</v>
+        <v>1199.23</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E68" s="3">
-        <v>4303.91</v>
+        <v>3041.91</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="3">
-        <v>398.98</v>
+        <v>159.77</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="E70" s="3">
-        <v>112.79</v>
+        <v>779.98</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="E71" s="3">
-        <v>0.5</v>
+        <v>245.76</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="E72" s="3">
-        <v>173.22</v>
+        <v>663.07</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E73" s="3">
-        <v>166.15</v>
+        <v>250.55</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E74" s="3">
-        <v>671.59</v>
+        <v>446</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E75" s="3">
-        <v>4291.66</v>
+        <v>4634.08</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E76" s="3">
-        <v>671.59</v>
+        <v>663.07</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="E77" s="3">
-        <v>283.81</v>
+        <v>2190.27</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="E78" s="3">
-        <v>947.59</v>
+        <v>2190.27</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="E79" s="3">
-        <v>671.59</v>
+        <v>209.16</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="E80" s="3">
-        <v>5053.62</v>
+        <v>173.16</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="E81" s="3">
-        <v>1168.08</v>
+        <v>173.34</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="E82" s="3">
-        <v>7157.96</v>
+        <v>416.67</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="E83" s="3">
-        <v>2962.9</v>
+        <v>195.08</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="E84" s="3">
-        <v>155.62</v>
+        <v>1185.61</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="E85" s="3">
-        <v>759.72</v>
+        <v>2025.41</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="E86" s="3">
-        <v>239.38</v>
+        <v>7653.75</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E87" s="3">
-        <v>645.84</v>
+        <v>901.73</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="E88" s="3">
-        <v>244.04</v>
+        <v>3953.49</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="E89" s="3">
-        <v>434.41</v>
+        <v>83.1</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="E90" s="3">
-        <v>4513.73</v>
+        <v>1316.5</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E91" s="3">
-        <v>645.84</v>
+        <v>131.82</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E92" s="3">
-        <v>2133.38</v>
+        <v>83.1</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E93" s="3">
-        <v>2133.38</v>
+        <v>56.28</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="E94" s="3">
-        <v>203.72</v>
+        <v>691.87</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="E95" s="3">
-        <v>168.66</v>
+        <v>7.97</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="E96" s="3">
-        <v>168.84</v>
+        <v>14302.26</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E97" s="3">
-        <v>405.84</v>
+        <v>1024.17</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" s="3">
-        <v>190.01</v>
+        <v>4835.61</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B99" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="C99" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E99" s="3">
-        <v>1154.81</v>
+        <v>1031.95</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" s="3">
-        <v>1972.8</v>
+        <v>1031.95</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E101" s="3">
-        <v>7454.93</v>
+        <v>1031.95</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="E102" s="3">
-        <v>878.32</v>
+        <v>3135.51</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="E103" s="3">
-        <v>3850.8</v>
+        <v>1592.92</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="E104" s="3">
-        <v>80.95</v>
+        <v>199.15</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>286</v>
+        <v>210</v>
       </c>
       <c r="E105" s="3">
-        <v>1282.31</v>
+        <v>471.18</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E106" s="3">
-        <v>128.4</v>
+        <v>613.84</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>289</v>
+        <v>210</v>
       </c>
       <c r="E107" s="3">
-        <v>80.95</v>
+        <v>261.76</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E108" s="3">
-        <v>54.82</v>
+        <v>680.56</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>296</v>
+        <v>215</v>
       </c>
       <c r="E109" s="3">
-        <v>673.9</v>
+        <v>1249.37</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>299</v>
+        <v>215</v>
       </c>
       <c r="E110" s="3">
-        <v>7.76</v>
+        <v>660.27</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="E111" s="3">
-        <v>13930.78</v>
+        <v>2753.29</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="E112" s="3">
-        <v>997.56</v>
+        <v>150.77</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="E113" s="3">
-        <v>4710.02</v>
+        <v>1274.48</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="E114" s="3">
-        <v>1005.14</v>
+        <v>150.24</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="E115" s="3">
-        <v>1005.14</v>
+        <v>241.11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B116" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="C116" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E116" s="3">
-        <v>1005.14</v>
+        <v>1833.3</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="E117" s="3">
-        <v>3054.08</v>
+        <v>5611.85</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="E118" s="3">
-        <v>1551.55</v>
+        <v>1748.2</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="E119" s="3">
-        <v>193.98</v>
+        <v>665.11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>248</v>
+        <v>319</v>
       </c>
       <c r="E120" s="3">
-        <v>458.95</v>
+        <v>4244.59</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="E121" s="3">
-        <v>597.9</v>
+        <v>18.7</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>248</v>
+        <v>323</v>
       </c>
       <c r="E122" s="3">
-        <v>254.96</v>
+        <v>5544.8</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B123" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E123" s="3">
-        <v>662.88</v>
+        <v>77.56</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="B124" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E124" s="3">
-        <v>1216.92</v>
+        <v>1495.07</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="B125" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>253</v>
+        <v>332</v>
       </c>
       <c r="E125" s="3">
-        <v>643.12</v>
+        <v>2261.07</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E126" s="3">
-        <v>2681.78</v>
+        <v>695.8</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="E127" s="3">
-        <v>146.85</v>
+        <v>1991.23</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E128" s="3">
-        <v>1241.39</v>
+        <v>354.55</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>339</v>
+        <v>27</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="E129" s="3">
-        <v>146.33</v>
+        <v>65.32</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="E130" s="3">
-        <v>1756.17</v>
+        <v>283.96</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="E131" s="3">
-        <v>3292.01</v>
+        <v>1398.96</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="E132" s="3">
-        <v>234.84</v>
+        <v>3.02</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>102</v>
+        <v>354</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="E133" s="3">
-        <v>1785.68</v>
+        <v>2273.71</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>352</v>
+        <v>69</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E134" s="3">
-        <v>582.78</v>
+        <v>2620.93</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E135" s="3">
-        <v>5466.09</v>
+        <v>2238.68</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>359</v>
+        <v>305</v>
       </c>
       <c r="E136" s="3">
-        <v>643.88</v>
+        <v>61.07</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="E137" s="3">
-        <v>1702.79</v>
+        <v>599.91</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E138" s="3">
-        <v>647.81</v>
+        <v>6092.34</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>368</v>
       </c>
       <c r="E139" s="3">
-        <v>4134.34</v>
+        <v>6092.34</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>348</v>
+        <v>368</v>
       </c>
       <c r="E140" s="3">
-        <v>18.21</v>
+        <v>1122.76</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="E141" s="3">
-        <v>5400.77</v>
+        <v>3608.51</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E142" s="3">
-        <v>75.54</v>
+        <v>5751.37</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="B143" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E143" s="3">
-        <v>1556.23</v>
+        <v>3954.24</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="E144" s="3">
-        <v>2202.34</v>
+        <v>3954.24</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="E145" s="3">
-        <v>677.73</v>
+        <v>2189.32</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="E146" s="3">
-        <v>1939.5</v>
+        <v>7992.26</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>39</v>
+        <v>386</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="E147" s="3">
-        <v>3438.88</v>
+        <v>115.91</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="B148" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E148" s="3">
-        <v>345.35</v>
+        <v>1141.21</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="B149" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="B149" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="E149" s="3">
-        <v>63.63</v>
+        <v>6511.04</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="E150" s="3">
-        <v>276.58</v>
+        <v>1068.51</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="E151" s="3">
-        <v>1362.63</v>
+        <v>50.88</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="E152" s="3">
-        <v>2.94</v>
+        <v>336.14</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="E153" s="3">
-        <v>2214.68</v>
+        <v>720.78</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>78</v>
+        <v>403</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="E154" s="3">
-        <v>2552.84</v>
+        <v>1759.66</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="E155" s="3">
-        <v>2180.55</v>
+        <v>2639.54</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
       <c r="E156" s="3">
-        <v>59.48</v>
+        <v>710.05</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="E157" s="3">
-        <v>17.52</v>
+        <v>5527.81</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="E158" s="3">
-        <v>584.32</v>
+        <v>1506.67</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="E159" s="3">
-        <v>5934.1</v>
+        <v>3145.67</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B160" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="C160" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E160" s="3">
-        <v>5934.1</v>
+        <v>1810.11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="B161" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E161" s="3">
-        <v>1093.6</v>
+        <v>2433.5</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="B162" s="0" t="s">
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="C162" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E162" s="3">
-        <v>3514.82</v>
+        <v>2641.33</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>429</v>
       </c>
       <c r="E163" s="3">
-        <v>5602.01</v>
+        <v>1397.89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="E164" s="3">
-        <v>3851.54</v>
+        <v>1672.75</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="E165" s="3">
-        <v>3851.54</v>
+        <v>631.47</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="E166" s="3">
-        <v>2132.48</v>
+        <v>1145.12</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>441</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>442</v>
       </c>
       <c r="E167" s="3">
-        <v>7784.67</v>
+        <v>411.43</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>10</v>
-[...458 lines deleted...]
-      <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5663,55 +5012,32 @@
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
     <hyperlink ref="F159" r:id="rId159"/>
     <hyperlink ref="F160" r:id="rId160"/>
     <hyperlink ref="F161" r:id="rId161"/>
     <hyperlink ref="F162" r:id="rId162"/>
     <hyperlink ref="F163" r:id="rId163"/>
     <hyperlink ref="F164" r:id="rId164"/>
     <hyperlink ref="F165" r:id="rId165"/>
     <hyperlink ref="F166" r:id="rId166"/>
     <hyperlink ref="F167" r:id="rId167"/>
-    <hyperlink ref="F168" r:id="rId168"/>
-[...21 lines deleted...]
-    <hyperlink ref="F190" r:id="rId190"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>