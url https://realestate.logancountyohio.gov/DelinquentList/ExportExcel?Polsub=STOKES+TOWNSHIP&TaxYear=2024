--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -5,301 +5,481 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="917" uniqueCount="917">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00051</t>
   </si>
   <si>
     <t>SMITH JOYCE</t>
   </si>
   <si>
     <t>INDIAN LAKE S D</t>
   </si>
   <si>
     <t>11663 VIOLA LN</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>00098</t>
+  </si>
+  <si>
+    <t>FORDNEY ZITA M</t>
+  </si>
+  <si>
+    <t>10984 ASH ST LOT 14</t>
+  </si>
+  <si>
+    <t>00146</t>
+  </si>
+  <si>
+    <t>MCKEE JANICE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8651 S R 368  LOT 109-E</t>
+  </si>
+  <si>
     <t>00215</t>
   </si>
   <si>
     <t>LUCAS KATHLEEN A</t>
   </si>
   <si>
     <t>12100 BAYVIEW DR LOT 87</t>
   </si>
   <si>
     <t>00236</t>
   </si>
   <si>
     <t>JAMES TRAIG K</t>
   </si>
   <si>
     <t>12060 BAYVIEW DR LOT 82</t>
   </si>
   <si>
+    <t>00265</t>
+  </si>
+  <si>
+    <t>LOWMASTER PAUL &amp; SANDY</t>
+  </si>
+  <si>
+    <t>11533 MOHAWK PATH</t>
+  </si>
+  <si>
+    <t>00274</t>
+  </si>
+  <si>
+    <t>ELEY JAMES S &amp; BARBARA A STILES</t>
+  </si>
+  <si>
+    <t>11900 DUFF RD LOT 9</t>
+  </si>
+  <si>
+    <t>00280</t>
+  </si>
+  <si>
+    <t>MYERS WILLIAM M</t>
+  </si>
+  <si>
+    <t>12014 SHANNON DR LOT 55</t>
+  </si>
+  <si>
     <t>00288</t>
   </si>
   <si>
     <t>ODENWELLER DONALD</t>
   </si>
   <si>
     <t>11364 BIG BEAR PATH</t>
   </si>
   <si>
     <t>00315</t>
   </si>
   <si>
     <t>STOTZ ANDREW &amp; LISA</t>
   </si>
   <si>
     <t xml:space="preserve">8651 S R 368  LOT 12-A</t>
   </si>
   <si>
+    <t>00325</t>
+  </si>
+  <si>
+    <t>HERRING THOMAS M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10930 PINE CIRCLE  LOT 27</t>
+  </si>
+  <si>
+    <t>00368</t>
+  </si>
+  <si>
+    <t>REED SHEILA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11504 S R 235  LOT 20</t>
+  </si>
+  <si>
     <t>00380</t>
   </si>
   <si>
     <t>HENSON JERRY</t>
   </si>
   <si>
     <t>11118 CHEROKEE PATH</t>
   </si>
   <si>
     <t>00385</t>
   </si>
   <si>
     <t>ZACHRICH STEPHANIE</t>
   </si>
   <si>
     <t>10607 STATE ST</t>
   </si>
   <si>
     <t>00401</t>
   </si>
   <si>
     <t>WILLIAMS CHARLOTTE</t>
   </si>
   <si>
     <t>12070 SHANNON DR LOT 62</t>
   </si>
   <si>
     <t>00420</t>
   </si>
   <si>
     <t>ROMINE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 24</t>
   </si>
   <si>
     <t>00435</t>
   </si>
   <si>
     <t>HATFIELD CORINNA</t>
   </si>
   <si>
     <t>11358 MOHAWK PATH LOT 947</t>
   </si>
   <si>
+    <t>00471</t>
+  </si>
+  <si>
+    <t>LOWE RONALD E WROS &amp; LESLIE C</t>
+  </si>
+  <si>
+    <t>11999 SHANNON DR LOT 40</t>
+  </si>
+  <si>
     <t>00709</t>
   </si>
   <si>
     <t>ANDERSON CARL &amp; DELLA J ANDERSON</t>
   </si>
   <si>
     <t>250 GROVE STREET</t>
   </si>
   <si>
     <t>00730</t>
   </si>
   <si>
     <t>BEEBE TERRI S</t>
   </si>
   <si>
     <t xml:space="preserve">12047 SHANNON DR LOT 46  LOT 46</t>
   </si>
   <si>
+    <t>00740</t>
+  </si>
+  <si>
+    <t>FERGUSON ROBERT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8861 S R 368 LOT 112-E  LOT 112,E</t>
+  </si>
+  <si>
+    <t>00817</t>
+  </si>
+  <si>
+    <t>TACKETT PAULA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10538 OAK ST  LOT 8</t>
+  </si>
+  <si>
+    <t>00950</t>
+  </si>
+  <si>
+    <t>ALLEN DONNA</t>
+  </si>
+  <si>
+    <t>11566 POCAHONTAS</t>
+  </si>
+  <si>
+    <t>01084</t>
+  </si>
+  <si>
+    <t>EQUITY TRUST F.O.B. KENNETH ARBOGAST IRA</t>
+  </si>
+  <si>
+    <t>9371 SASSAFRASS DR</t>
+  </si>
+  <si>
     <t>01182</t>
   </si>
   <si>
     <t>GESSNER-LONG MELISSA</t>
   </si>
   <si>
     <t>11900 DUFF RD LOT 14</t>
   </si>
   <si>
     <t>01183</t>
   </si>
   <si>
     <t>VALLANCE JEFFERSON D &amp; MARTHA L</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 58</t>
   </si>
   <si>
     <t>01222</t>
   </si>
   <si>
     <t>BOWER SHANA</t>
   </si>
   <si>
     <t>290 STEPHENSON ST LOT 10</t>
   </si>
   <si>
+    <t>01313</t>
+  </si>
+  <si>
+    <t>MCDONALD THOMAS J</t>
+  </si>
+  <si>
+    <t>9045 KING RD</t>
+  </si>
+  <si>
     <t>01350</t>
   </si>
   <si>
     <t>HOBERTY JAMES ALLEN</t>
   </si>
   <si>
     <t>11379 KIOWA PATH</t>
   </si>
   <si>
     <t>01381</t>
   </si>
   <si>
     <t>CAMPBELL TERRI JO</t>
   </si>
   <si>
     <t>234 HARRISON ST LOT N-2</t>
   </si>
   <si>
+    <t>01384</t>
+  </si>
+  <si>
+    <t>YOCUM BRIAN K</t>
+  </si>
+  <si>
+    <t>234 HARRISON ST LOT S-12</t>
+  </si>
+  <si>
     <t>01386</t>
   </si>
   <si>
     <t>WATKINS CARL</t>
   </si>
   <si>
     <t>10836 STATE ST</t>
   </si>
   <si>
     <t>01390</t>
   </si>
   <si>
     <t>MCGLAUN JULIE M</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 42</t>
   </si>
   <si>
     <t>01426</t>
   </si>
   <si>
     <t>HICKLE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">11034 ASH ST LOT 2  LOT 2</t>
   </si>
   <si>
     <t>01431</t>
   </si>
   <si>
     <t>STEVENS ELIZABETH</t>
   </si>
   <si>
     <t>8850 MADISON AVENUE</t>
   </si>
   <si>
+    <t>01441</t>
+  </si>
+  <si>
+    <t>HARRIS TIMOTHY</t>
+  </si>
+  <si>
+    <t>11358 BLACKHAWK PATH</t>
+  </si>
+  <si>
+    <t>01446</t>
+  </si>
+  <si>
+    <t>RHOADES TERRY VAN</t>
+  </si>
+  <si>
+    <t>12031 SHANNON DR LOT 44</t>
+  </si>
+  <si>
     <t>01447</t>
   </si>
   <si>
     <t>SLONECKER BOBBY</t>
   </si>
   <si>
     <t>9043 QUEEN</t>
   </si>
   <si>
     <t>01535</t>
   </si>
   <si>
     <t>WANDELL JOANN</t>
   </si>
   <si>
     <t xml:space="preserve">8651 S R 368  LOT 27-B</t>
   </si>
   <si>
     <t>01598</t>
   </si>
   <si>
     <t>STRICKLAND SHERI LYNN</t>
   </si>
   <si>
     <t>12014 HOLLY DR LOT 29</t>
   </si>
   <si>
+    <t>01616</t>
+  </si>
+  <si>
+    <t>NEWMAN LORI</t>
+  </si>
+  <si>
+    <t>11900 DUFF RD LOT 26</t>
+  </si>
+  <si>
+    <t>01670</t>
+  </si>
+  <si>
+    <t>MYERS CHRISTA S</t>
+  </si>
+  <si>
+    <t>12094 HOLLY DR LOT 38</t>
+  </si>
+  <si>
+    <t>01692</t>
+  </si>
+  <si>
+    <t>GIPSON KEVIN R</t>
+  </si>
+  <si>
+    <t>11401 CHEROKEE PATH</t>
+  </si>
+  <si>
     <t>01713</t>
   </si>
   <si>
     <t>HIGGINS ABBA R</t>
   </si>
   <si>
     <t xml:space="preserve">10902 ASH ST LOT 36  LOT 36</t>
   </si>
   <si>
+    <t>01714</t>
+  </si>
+  <si>
+    <t>NEELEY SABRINA</t>
+  </si>
+  <si>
+    <t>9003 QUEEN RD</t>
+  </si>
+  <si>
     <t>01730</t>
   </si>
   <si>
     <t>SCHECKELHOFF JEROME C/R GARY J SCHECKELHOFF</t>
   </si>
   <si>
     <t xml:space="preserve">BLACKHAWK LOT 17  LOT 17</t>
   </si>
   <si>
     <t>01746</t>
   </si>
   <si>
     <t>OAKLEY MICKEY F</t>
   </si>
   <si>
     <t>10968 WALNUT ST</t>
   </si>
   <si>
     <t>01750</t>
   </si>
   <si>
     <t>HUGHES GREGORY</t>
   </si>
   <si>
     <t>9024 PRINCESS RD</t>
@@ -328,176 +508,248 @@
   <si>
     <t>TROUT DONALD R JR</t>
   </si>
   <si>
     <t>12079 SHANNON DR LOT 50</t>
   </si>
   <si>
     <t>01886</t>
   </si>
   <si>
     <t>PALMER JAMES R</t>
   </si>
   <si>
     <t>11386 TECUMSEH PATH</t>
   </si>
   <si>
     <t>01901</t>
   </si>
   <si>
     <t>DOTY CHAD</t>
   </si>
   <si>
     <t>11900 DUFF RD LOT 16</t>
   </si>
   <si>
-    <t>01952</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">234 HARRISON ST LOT C-4  LOT C-4</t>
+    <t>01990</t>
+  </si>
+  <si>
+    <t>SWARTZ JASON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8651 S R 368  LOT 130-E</t>
   </si>
   <si>
     <t>02091</t>
   </si>
   <si>
     <t>SMITH STEPHANIE RACHELLE</t>
   </si>
   <si>
     <t xml:space="preserve">290 STEPHENSON (BERNICE DR)  LOT 8</t>
   </si>
   <si>
     <t>02163</t>
   </si>
   <si>
     <t>WIREMAN KIMBERLY &amp; WAYNE</t>
   </si>
   <si>
     <t>234 HARRISON ST LOT C-3</t>
   </si>
   <si>
     <t>02200</t>
   </si>
   <si>
     <t>ROBINSON SHERYL L</t>
   </si>
   <si>
     <t xml:space="preserve">234 HARRISON  LOT S-10</t>
   </si>
   <si>
     <t>02262</t>
   </si>
   <si>
     <t>RICE CHRISTINA C</t>
   </si>
   <si>
     <t>13411 EAGLE PATH</t>
   </si>
   <si>
     <t>02391</t>
   </si>
   <si>
     <t>MABRY DANIEL L</t>
   </si>
   <si>
     <t>11105 BIG BEAR PATH</t>
   </si>
   <si>
+    <t>02395</t>
+  </si>
+  <si>
+    <t>GUNNELL TARAH &amp; JORDAN</t>
+  </si>
+  <si>
+    <t>10885 ASH ST LOT 45</t>
+  </si>
+  <si>
+    <t>02479</t>
+  </si>
+  <si>
+    <t>CAUDILL JAMES</t>
+  </si>
+  <si>
+    <t>10804 STATE ST</t>
+  </si>
+  <si>
     <t>02514</t>
   </si>
   <si>
     <t>JANSEN KARLA</t>
   </si>
   <si>
     <t xml:space="preserve">8651 S R 368  LOT 67-C</t>
   </si>
   <si>
+    <t>02519</t>
+  </si>
+  <si>
+    <t>HILL JOSEPH &amp; SONIA CARREL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8651 S R 368  LOT 73-C</t>
+  </si>
+  <si>
+    <t>02624</t>
+  </si>
+  <si>
+    <t>REPASS STEPHEN L II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">234 HARRISON  LOT E-13</t>
+  </si>
+  <si>
+    <t>02643</t>
+  </si>
+  <si>
+    <t>DUGAN SHERRY L &amp; JIM MATTHEWS</t>
+  </si>
+  <si>
+    <t>ISLANDVIEW ROSEWOOD</t>
+  </si>
+  <si>
     <t>02656</t>
   </si>
   <si>
     <t>HENDERSON WILLIAM K</t>
   </si>
   <si>
     <t>11114 ONEIDA PATH</t>
   </si>
   <si>
     <t>02658</t>
   </si>
   <si>
     <t>CARRILLO NAKIA</t>
   </si>
   <si>
     <t>KICKAPOO PATH</t>
   </si>
   <si>
     <t>02724</t>
   </si>
   <si>
     <t>DAVIDSON HANNAH</t>
   </si>
   <si>
     <t>10932 ASH ST LOT 26</t>
   </si>
   <si>
     <t>02758</t>
   </si>
   <si>
     <t>BAUM JOHN A</t>
   </si>
   <si>
     <t>11322 MOHAWK PATH</t>
   </si>
   <si>
+    <t>02820</t>
+  </si>
+  <si>
+    <t>KLAWON CAROL J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11504 S R 235  LOT 57</t>
+  </si>
+  <si>
+    <t>03061</t>
+  </si>
+  <si>
+    <t>CARRILLO RAYMUNDO H</t>
+  </si>
+  <si>
+    <t>11998 HOLLY DR LOT 27</t>
+  </si>
+  <si>
     <t>03068</t>
   </si>
   <si>
     <t>LONG ANDREA D</t>
   </si>
   <si>
     <t>12078 SHANNON DR LOT 63</t>
   </si>
   <si>
     <t>03098</t>
   </si>
   <si>
     <t>CONLEY BETH ANN</t>
   </si>
   <si>
     <t>12103 BAYVIEW DR LOT 79</t>
   </si>
   <si>
     <t>03200</t>
   </si>
   <si>
     <t>JACKSON STEPHEN</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 40</t>
   </si>
   <si>
+    <t>03208</t>
+  </si>
+  <si>
+    <t>SMITH BELINDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11504 S R 235  LOT 61</t>
+  </si>
+  <si>
     <t>03213</t>
   </si>
   <si>
     <t>FALLEN BRETT</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 32</t>
   </si>
   <si>
     <t>03214</t>
   </si>
   <si>
     <t>KECKLER CHELSEA</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 22</t>
   </si>
   <si>
     <t>03215</t>
   </si>
   <si>
     <t>KLAWON DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">11504 S R 235  LOT 35</t>
@@ -526,335 +778,767 @@
   <si>
     <t>PETERS JAMES J</t>
   </si>
   <si>
     <t>11132 KIOWA PATH</t>
   </si>
   <si>
     <t>03497</t>
   </si>
   <si>
     <t>SELLERS DANIELLE</t>
   </si>
   <si>
     <t>13670 S R 235 N</t>
   </si>
   <si>
     <t>03546</t>
   </si>
   <si>
     <t>JOHNSON RICKY</t>
   </si>
   <si>
     <t>10971 C R 293</t>
   </si>
   <si>
+    <t>43-004-00-00-029-001</t>
+  </si>
+  <si>
+    <t>PAP OIL COMPANY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12370 S R 235  
+</t>
+  </si>
+  <si>
     <t>43-004-00-00-048-000</t>
   </si>
   <si>
     <t>STATE OF OHIO DEPARTMENT OF NATURAL RESOURCES</t>
   </si>
   <si>
     <t xml:space="preserve">13042 S R 235  
 </t>
   </si>
   <si>
+    <t>43-004-19-05-018-000</t>
+  </si>
+  <si>
+    <t>REUBER SUELLEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11812 SUNVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>43-004-19-08-004-001</t>
+  </si>
+  <si>
+    <t>LAKE 235 LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11977 S R 235  
+</t>
+  </si>
+  <si>
+    <t>43-004-19-11-024-000</t>
+  </si>
+  <si>
+    <t>DOWNARD JERI L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11355 COOPER AVE  
+LAKEVIEW OH 43331</t>
+  </si>
+  <si>
     <t>43-004-19-11-025-002</t>
   </si>
   <si>
     <t>PATTERSON JOSEPH C ETAL &amp; KIMBERLY A</t>
   </si>
   <si>
     <t xml:space="preserve">11275 COOPER DR  
 </t>
   </si>
   <si>
     <t>43-005-13-01-002-000</t>
   </si>
   <si>
     <t>RICE CHRISTINE</t>
   </si>
   <si>
     <t xml:space="preserve">13411 EAGLE PATH  
 </t>
   </si>
   <si>
     <t>43-005-13-01-002-001</t>
   </si>
   <si>
     <t xml:space="preserve">EAGLE PATH  
 </t>
   </si>
   <si>
+    <t>43-005-14-05-022-000</t>
+  </si>
+  <si>
+    <t>LOUDEN RICHARD E ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11495 MOHAWK  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-05-026-000</t>
+  </si>
+  <si>
+    <t>LOWMASTER PAUL ALLEN ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11533 MOHAWK PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-07-016-000</t>
+  </si>
+  <si>
+    <t>LITZINGER E J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHEROKEE PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-14-08-009-000</t>
   </si>
   <si>
     <t>RHINOCK SCOT J</t>
   </si>
   <si>
     <t xml:space="preserve">11524 TECUMSEH PATH  
 </t>
   </si>
   <si>
+    <t>43-005-14-11-004-000</t>
+  </si>
+  <si>
+    <t>WORTHINGTON SANDRA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11566 POCAHONTAS PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-11-005-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POCAHONTAS PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-11-006-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11560 POCAHONTAS PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-13-009-000</t>
+  </si>
+  <si>
+    <t>HARRIS TIM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11358 BLACKHAWK PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-14-13-013-000</t>
   </si>
   <si>
     <t>BANK OF NEW YORK TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">BLACKHAWK AVE  
 </t>
   </si>
   <si>
+    <t>43-005-14-13-033-000</t>
+  </si>
+  <si>
+    <t>TOIG, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11393 ASH AVE  
+</t>
+  </si>
+  <si>
     <t>43-005-14-14-002-000</t>
   </si>
   <si>
     <t>GIBBONS CHARLES S</t>
   </si>
   <si>
-    <t xml:space="preserve">POCAHONTAS PATH  
-[...2 lines deleted...]
-  <si>
     <t>43-005-14-14-003-000</t>
   </si>
   <si>
     <t>43-005-14-14-006-000</t>
   </si>
   <si>
     <t>ROBINSON MICHAEL J</t>
   </si>
   <si>
     <t xml:space="preserve">11364 POCAHONTAS PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-14-007-000</t>
   </si>
   <si>
     <t xml:space="preserve">11364 POCAHONTAS  
 </t>
   </si>
   <si>
+    <t>43-005-14-14-027-000</t>
+  </si>
+  <si>
+    <t>PETERS JAMES J ETAL &amp; HEIDI E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11337 BLACKHAWK PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-14-031-000</t>
+  </si>
+  <si>
+    <t>HARRIS TIMOTHY C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11355 BLACKHAWK PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-14-14-036-000</t>
   </si>
   <si>
     <t xml:space="preserve">11407 BLACKHAWK PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-16-001-000</t>
   </si>
   <si>
     <t>CLAWSON TAMMY J</t>
   </si>
   <si>
     <t xml:space="preserve">11420 BIG BEAR PATH  
 </t>
   </si>
   <si>
+    <t>43-005-14-16-012-000</t>
+  </si>
+  <si>
+    <t>BULLUCK KRISTY K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIG BEAR PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-14-17-005-000</t>
   </si>
   <si>
     <t>KENNEDY COVERSTONE BRENDA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">TECUMSEH  
 </t>
   </si>
   <si>
     <t>43-005-14-17-006-000</t>
   </si>
   <si>
     <t xml:space="preserve">11386 TECUMSEH PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-17-007-000</t>
   </si>
   <si>
     <t xml:space="preserve">TECUMSEH PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-17-011-000</t>
   </si>
   <si>
     <t>VICORY BRENDA S</t>
   </si>
   <si>
     <t>43-005-14-17-029-000</t>
   </si>
   <si>
     <t>TOLLIVER ANGELIQUE M ETUX</t>
   </si>
   <si>
-    <t xml:space="preserve">BIG BEAR PATH  
-[...2 lines deleted...]
-  <si>
     <t>43-005-14-17-030-000</t>
   </si>
   <si>
+    <t>43-005-14-17-032-000</t>
+  </si>
+  <si>
+    <t>BUSSARD RANDY C ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11345 BIG BEAR PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-14-17-033-000</t>
   </si>
   <si>
     <t xml:space="preserve">11351 BIG BEAR PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-17-034-000</t>
   </si>
   <si>
     <t>43-005-14-17-036-000</t>
   </si>
   <si>
     <t>WARD ZELL</t>
   </si>
   <si>
     <t>43-005-14-17-037-000</t>
   </si>
   <si>
+    <t>43-005-14-19-003-000</t>
+  </si>
+  <si>
+    <t>HARP DARLENE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11382 MOHAWK PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-19-009-000</t>
+  </si>
+  <si>
+    <t>TREEN ANTHONY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11322 MOHAWK PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-19-010-000</t>
+  </si>
+  <si>
+    <t>43-005-14-19-031-000</t>
+  </si>
+  <si>
+    <t>WILLIAMS L B</t>
+  </si>
+  <si>
+    <t>43-005-14-19-033-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11401 CHEROKEE PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-19-034-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHEROKEE  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-23-009-000</t>
+  </si>
+  <si>
+    <t>WORTHINGTON SANDRA L TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAWNEE PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-23-010-000</t>
+  </si>
+  <si>
+    <t>43-005-14-23-011-000</t>
+  </si>
+  <si>
+    <t>43-005-14-23-018-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11287 POWHATAN PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-23-019-000</t>
+  </si>
+  <si>
+    <t>43-005-14-24-021-000</t>
+  </si>
+  <si>
+    <t>HARRICK MICHAEL SHANE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11335 SHAWNEE PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-24-022-000</t>
+  </si>
+  <si>
+    <t>TEETS LESLIE A TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11337 SHAWNEE PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-24-023-000</t>
+  </si>
+  <si>
+    <t>43-005-14-24-023-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11349 SHAWNEE PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-24-024-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11351 SHAWNEE PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-14-24-025-000</t>
+  </si>
+  <si>
+    <t>43-005-14-25-007-000</t>
+  </si>
+  <si>
+    <t>HAWKINS RONALD PAUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11292 ONEIDA PATH  
+LAKEVIEW OH 43331</t>
+  </si>
+  <si>
     <t>43-005-14-25-023-000</t>
   </si>
   <si>
     <t>HOBERTY JAMES</t>
   </si>
   <si>
     <t xml:space="preserve">11379 KIOWA PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-25-024-000</t>
   </si>
   <si>
     <t xml:space="preserve">KIOWA PATH  
 </t>
   </si>
   <si>
     <t>43-005-14-25-024-001</t>
   </si>
   <si>
+    <t>43-005-15-01-005-000</t>
+  </si>
+  <si>
+    <t>SMITH CYNTHIA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAKE DR  
+</t>
+  </si>
+  <si>
+    <t>43-005-15-08-025-000</t>
+  </si>
+  <si>
+    <t>FRIDLEY DENISE R ETVIR &amp; MARK S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLLINGWOOD AVE  
+</t>
+  </si>
+  <si>
+    <t>43-005-15-09-002-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14264 COLLINGWOOD AVE  
+</t>
+  </si>
+  <si>
+    <t>43-005-15-09-002-001</t>
+  </si>
+  <si>
+    <t>43-005-15-10-006-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14223 OAKWOOD AVE  
+</t>
+  </si>
+  <si>
+    <t>43-005-15-11-012-000</t>
+  </si>
+  <si>
+    <t>BROWN LARRY M ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14072 COTTONWOOD PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-15-11-038-000</t>
   </si>
   <si>
-    <t>BROWN LARRY M ETAL</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">OAKWOOD AVE  
 </t>
   </si>
   <si>
     <t>43-005-15-11-039-000</t>
   </si>
   <si>
+    <t>43-005-15-12-003-000</t>
+  </si>
+  <si>
+    <t>WIRGAU STEVEN EUGENE ETAL &amp; BRANDY LEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13999 OAKWOOD AVE  
+</t>
+  </si>
+  <si>
     <t>43-005-15-12-004-000</t>
   </si>
   <si>
     <t>MCNEIL DAVID S</t>
   </si>
   <si>
     <t xml:space="preserve">14032 OAKWOOD AVE  
 </t>
   </si>
   <si>
     <t>43-005-15-12-004-002</t>
   </si>
   <si>
     <t>43-005-15-12-028-000</t>
   </si>
   <si>
     <t>TUTTLE PAUL W</t>
   </si>
   <si>
     <t xml:space="preserve">14137 ROSEWOOD AVE  
 </t>
   </si>
   <si>
     <t>43-005-15-12-029-000</t>
   </si>
   <si>
     <t>TUTTLE PAUL</t>
   </si>
   <si>
     <t xml:space="preserve">ROSEWOOD AVE  
 </t>
   </si>
   <si>
+    <t>43-005-15-12-037-000</t>
+  </si>
+  <si>
+    <t>DUGAN SHERRY</t>
+  </si>
+  <si>
+    <t>43-005-15-12-038-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14031 ROSEWOOD AVE  
+</t>
+  </si>
+  <si>
+    <t>43-005-15-12-040-000</t>
+  </si>
+  <si>
+    <t>HATFIELD DILLARD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13959 ROSEWOOD AVE  
+</t>
+  </si>
+  <si>
+    <t>43-005-15-12-041-001</t>
+  </si>
+  <si>
     <t>43-005-15-17-009-000</t>
   </si>
   <si>
     <t>HORCH THOMAS E ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">14113 LINDENWOOD AVE  
 </t>
   </si>
   <si>
     <t>43-005-16-05-008-000</t>
   </si>
   <si>
     <t>PETERS GERALD ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">11476 OAK ST  
 </t>
   </si>
   <si>
     <t>43-005-16-05-009-000</t>
   </si>
   <si>
     <t>43-005-16-05-010-000</t>
   </si>
   <si>
     <t xml:space="preserve">OAK ST  
 </t>
   </si>
   <si>
     <t>43-005-16-05-011-000</t>
   </si>
   <si>
+    <t>43-005-16-07-006-000</t>
+  </si>
+  <si>
+    <t>ROTROFF JOHN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11422 ELM ST  
+</t>
+  </si>
+  <si>
     <t>43-005-16-13-005-000</t>
   </si>
   <si>
     <t>JAKEWAY KRISTY J ETVIR</t>
   </si>
   <si>
     <t xml:space="preserve">POPLAR LOOP  
 </t>
   </si>
   <si>
+    <t>43-005-16-14-018-000</t>
+  </si>
+  <si>
+    <t>MCCARTHY GERALD E TRUSTEE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11208 FAIRVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-14-020-000</t>
+  </si>
+  <si>
+    <t>COUCH ANDREW MCCARTHY ETUX ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11224 FAIRVIEW LN  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-17-003-000</t>
+  </si>
+  <si>
+    <t>ROW MOLLY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELM ST  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-17-004-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11282 ASH ST  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-17-007-000</t>
+  </si>
+  <si>
+    <t>KILFIAN RYANNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14539 MAPLE AVE  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-17-012-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASH ST  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-18-004-001</t>
+  </si>
+  <si>
+    <t>BLAKE DIANA L ETAL &amp; SARA A FANSHER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11275 ASH ST  
+</t>
+  </si>
+  <si>
+    <t>43-005-16-18-010-000</t>
+  </si>
+  <si>
+    <t>HILL CANDA</t>
+  </si>
+  <si>
     <t>43-005-16-18-011-000</t>
   </si>
   <si>
-    <t>HILL CANDA</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">11298 LAKE DR  
 </t>
   </si>
   <si>
+    <t>43-005-16-22-005-000</t>
+  </si>
+  <si>
+    <t>ENNEN ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11180 NEWLAND DR  
+</t>
+  </si>
+  <si>
     <t>43-005-16-23-007-001</t>
   </si>
   <si>
     <t>PORTER KEVIN ETUX &amp; CATHLEEN</t>
   </si>
   <si>
     <t xml:space="preserve">HOUSER DR  
 </t>
   </si>
   <si>
     <t>43-005-16-24-030-000</t>
   </si>
   <si>
     <t>WEISE EDWARD A</t>
   </si>
   <si>
     <t xml:space="preserve">NEWLAND DR  
 </t>
   </si>
   <si>
     <t>43-005-17-03-004-000</t>
   </si>
   <si>
     <t>SNAPP GERALD K II</t>
   </si>
@@ -871,582 +1555,1449 @@
   <si>
     <t xml:space="preserve">11180 CHINOOK PATH  
 </t>
   </si>
   <si>
     <t>43-005-17-06-007-001</t>
   </si>
   <si>
     <t xml:space="preserve">CHINOOK PATH  
 </t>
   </si>
   <si>
     <t>43-005-17-06-007-002</t>
   </si>
   <si>
     <t xml:space="preserve">TUSCARORA PATH  
 </t>
   </si>
   <si>
     <t>43-005-17-06-007-003</t>
   </si>
   <si>
     <t>43-005-17-06-008-000</t>
   </si>
   <si>
+    <t>43-005-17-07-002-000</t>
+  </si>
+  <si>
+    <t>GILBERT AMY M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11237 CHINOOK PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-18-02-043-001</t>
+  </si>
+  <si>
+    <t>LAMB TRINITY ETVIR &amp; ROBERT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11091 KIOWA PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-18-03-014-000</t>
+  </si>
+  <si>
+    <t>MENNINGER DANIEL ETUX &amp; DORI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11132 KIOWA  
+LAKEVIEW OH 43331</t>
+  </si>
+  <si>
+    <t>43-005-18-03-016-001</t>
+  </si>
+  <si>
+    <t>CAMMON LAMECCA</t>
+  </si>
+  <si>
     <t>43-005-18-03-037-000</t>
   </si>
   <si>
     <t>VANCE KATHLEEN M</t>
   </si>
   <si>
-    <t xml:space="preserve">SHAWNEE PATH  
-[...2 lines deleted...]
-  <si>
     <t>43-005-18-04-036-000</t>
   </si>
   <si>
     <t>KOHLRIESER SHAWNA L</t>
   </si>
   <si>
     <t xml:space="preserve">13610 BLUE JACKET PA  
 </t>
   </si>
   <si>
+    <t>43-005-18-06-018-000</t>
+  </si>
+  <si>
+    <t>BEACH GREGORY S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11055 KICKAPOO PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-18-07-007-000</t>
+  </si>
+  <si>
+    <t>ELCHERT ROBERT EUGENE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11166 KICKAPOO PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-18-09-002-000</t>
+  </si>
+  <si>
+    <t>RYAN CHRISTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11230 MOHAWK PATH  
+</t>
+  </si>
+  <si>
+    <t>43-005-18-09-002-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11234 MOHAWK PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-18-10-022-000</t>
   </si>
   <si>
     <t>HOFFMAN ANDREW</t>
   </si>
   <si>
     <t>43-005-18-10-025-000</t>
   </si>
   <si>
     <t xml:space="preserve">11035 TECUMSEH PATH  
 </t>
   </si>
   <si>
+    <t>43-005-18-10-039-000</t>
+  </si>
+  <si>
+    <t>JOHNSON JO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11205 TECUMSEH PATH  
+</t>
+  </si>
+  <si>
     <t>43-005-18-11-015-001</t>
   </si>
   <si>
     <t>MABRY DANIEL LEE</t>
   </si>
   <si>
     <t>43-005-18-11-030-000</t>
   </si>
   <si>
     <t xml:space="preserve">11105 BIG BEAR PATH  
 </t>
   </si>
   <si>
-    <t>43-005-18-12-006-000</t>
+    <t>43-005-18-12-032-000</t>
   </si>
   <si>
     <t>METCALF WILLIAM A ETAL &amp; APRIL BURKE</t>
   </si>
   <si>
-    <t>43-005-18-12-007-000</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">11185 HIAWATHA PATH  
 </t>
   </si>
   <si>
+    <t>43-005-18-13-006-000</t>
+  </si>
+  <si>
+    <t>PETERS JAMES ETAL &amp; HEIDI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11181 POCAHONTAS PATH  
+LAKEVIEW OH 43331</t>
+  </si>
+  <si>
     <t>43-005-18-18-001-001</t>
   </si>
   <si>
     <t>HONAKER JERRY R JR ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">SEMINOLE PATH  
 </t>
   </si>
   <si>
     <t>43-005-18-18-005-000</t>
   </si>
   <si>
+    <t>43-005-18-18-014-000</t>
+  </si>
+  <si>
+    <t>MOYER JEFFREY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PUBLIC DR  
+</t>
+  </si>
+  <si>
     <t>43-005-20-02-001-001</t>
   </si>
   <si>
     <t>DOWNING ROGER C SR ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">PRIVATE DR  
 </t>
   </si>
   <si>
+    <t>43-006-00-00-002-000</t>
+  </si>
+  <si>
+    <t>PARK MODEL PARADISE AT THE LAKE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 235  
+</t>
+  </si>
+  <si>
+    <t>43-006-00-00-002-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15427 S R 235  
+</t>
+  </si>
+  <si>
     <t>43-006-10-01-007-001</t>
   </si>
   <si>
     <t>BOBBER'S REAL ESTATE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">
 </t>
   </si>
   <si>
+    <t>43-006-10-01-010-000</t>
+  </si>
+  <si>
+    <t>JOHNSTON ROBERT T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15527 S R 235  
+</t>
+  </si>
+  <si>
     <t>43-006-13-01-004-000</t>
   </si>
   <si>
     <t xml:space="preserve">9024 PRINCESS RD  
 </t>
   </si>
   <si>
     <t>43-006-13-03-029-000</t>
   </si>
   <si>
     <t>YOUNG JAIMIE ETAL &amp; JODI PATRICK</t>
   </si>
   <si>
     <t xml:space="preserve">9050 QUEEN RD  
 </t>
   </si>
   <si>
+    <t>43-006-13-05-001-000</t>
+  </si>
+  <si>
+    <t>WILKES STEVE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8653 KING AVE  
+</t>
+  </si>
+  <si>
+    <t>43-006-13-06-005-000</t>
+  </si>
+  <si>
+    <t>VOGLER MICHAEL E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8981 HILLTOP DR  
+</t>
+  </si>
+  <si>
+    <t>43-006-13-07-005-000</t>
+  </si>
+  <si>
+    <t>SMITH SANDY JO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9010 ACHESON RD  
+</t>
+  </si>
+  <si>
+    <t>43-006-17-02-005-000</t>
+  </si>
+  <si>
+    <t>RANDOLPH RICKEY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9091 SHADY DR  
+</t>
+  </si>
+  <si>
+    <t>43-006-17-02-009-000</t>
+  </si>
+  <si>
+    <t>BIRCH CLIFF PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10880 T R 293  
+</t>
+  </si>
+  <si>
+    <t>43-015-00-00-028-000</t>
+  </si>
+  <si>
+    <t>OAKLEY DUSTIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15745 S R 720  
+</t>
+  </si>
+  <si>
+    <t>43-015-14-01-009-000</t>
+  </si>
+  <si>
+    <t>ALTICK ALLYSIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10440 C R 17  
+</t>
+  </si>
+  <si>
     <t>43-017-00-00-005-000</t>
   </si>
   <si>
     <t>KOON ERIC A ETUX &amp; WHITNEY L</t>
   </si>
   <si>
     <t xml:space="preserve">13808 U S 33  
 </t>
   </si>
   <si>
+    <t>43-017-07-01-013-000</t>
+  </si>
+  <si>
+    <t>FECKE ROBERT M TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11494 HORSESHOE CHANNEL DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-07-01-020-222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HORSESHOE CHANNEL DR  
+</t>
+  </si>
+  <si>
     <t>43-017-07-01-020-232</t>
   </si>
   <si>
     <t>SANDERS WALLACE R ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">GRANDI AVE  
 </t>
   </si>
   <si>
+    <t>43-017-07-03-018-000</t>
+  </si>
+  <si>
+    <t>STRAIT KARLA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11572 LEOLINE DR  
+</t>
+  </si>
+  <si>
     <t>43-017-07-04-003-001</t>
   </si>
   <si>
     <t>GILLESPIE TIM ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">11663 VIOLA LN  
 </t>
   </si>
   <si>
+    <t>43-017-07-05-003-000</t>
+  </si>
+  <si>
+    <t>FLETCHER JERRY R II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11560 ELM DR  
+</t>
+  </si>
+  <si>
     <t>43-017-07-06-006-001</t>
   </si>
   <si>
     <t>RICE SHANE M</t>
   </si>
   <si>
     <t>43-017-07-06-007-000</t>
   </si>
   <si>
     <t xml:space="preserve">11543 CHANNEL VIEW DR  
 </t>
   </si>
   <si>
+    <t>43-017-07-06-011-000</t>
+  </si>
+  <si>
+    <t>THACKER JAMES A ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHANNEL VIEW DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-10-03-001-000</t>
+  </si>
+  <si>
+    <t>ZIMMER ROBERT SCOTT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10844 STATE ST  
+</t>
+  </si>
+  <si>
     <t>43-017-10-03-005-000</t>
   </si>
   <si>
     <t>CAUDILL ADAM</t>
   </si>
   <si>
     <t xml:space="preserve">STATE ST  
 </t>
   </si>
   <si>
+    <t>43-017-10-03-006-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10804 STATE ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-11-02-004-000</t>
+  </si>
+  <si>
+    <t>LAWARRE MICHAEL M CO TRUSTEE ETAL</t>
+  </si>
+  <si>
+    <t>43-017-11-02-005-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11015 ELM ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-11-02-007-000</t>
+  </si>
+  <si>
+    <t>GERDING BENJAMIN A ETUX &amp; MEGGAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10991 ELM ST  
+</t>
+  </si>
+  <si>
     <t>43-017-11-02-009-000</t>
   </si>
   <si>
     <t>WATERN DONALD P ETAL &amp; JUSTIN J WALLACE</t>
   </si>
   <si>
     <t xml:space="preserve">10975 ELM ST  
 </t>
   </si>
   <si>
     <t>43-017-11-02-016-000</t>
   </si>
   <si>
     <t>OAKLEY MICKEY FRANCIS</t>
   </si>
   <si>
     <t xml:space="preserve">WALNUT ST  
 </t>
   </si>
   <si>
     <t>43-017-11-07-001-000</t>
   </si>
   <si>
     <t>MYERS DAUN</t>
   </si>
   <si>
     <t xml:space="preserve">10935 WALNUT ST  
 </t>
   </si>
   <si>
     <t>43-017-11-07-002-000</t>
   </si>
   <si>
     <t>MURNAHAN KEVIN M</t>
   </si>
   <si>
     <t xml:space="preserve">10919 WALNUT ST  
 </t>
   </si>
   <si>
+    <t>43-017-14-01-001-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10740 STATE ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-01-001-001</t>
+  </si>
+  <si>
+    <t>43-017-14-01-003-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10716 STATE ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-01-004-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10708 STATE ST  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-01-006-000</t>
+  </si>
+  <si>
+    <t>WATKINS LORETTA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10692 STATE ST  
+</t>
+  </si>
+  <si>
     <t>43-017-14-01-010-000</t>
   </si>
   <si>
     <t>RIGGIN JOHN E</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 235  
-[...2 lines deleted...]
-  <si>
     <t>43-017-14-02-001-000</t>
   </si>
   <si>
     <t xml:space="preserve">10607 STATE ST  
 </t>
   </si>
   <si>
+    <t>43-017-14-02-005-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10594 DAYCOL DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-02-006-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11768 WILLIAMS DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-02-006-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLIAMS DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-02-006-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11760 WILLIAMS DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-02-012-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11690 WILLIAMS DR  
+</t>
+  </si>
+  <si>
+    <t>43-017-14-02-013-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10595 STATE ST  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-01-002-000</t>
+  </si>
+  <si>
+    <t>IDST PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10844 SCIOTO DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-01-003-000</t>
+  </si>
+  <si>
+    <t>FORTUNATO CATHRYN M TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10842 SCIOTO DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-01-013-001</t>
+  </si>
+  <si>
+    <t>JAYNES MARK ETAL &amp; KRISTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCIOTO DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-05-002-000</t>
+  </si>
+  <si>
+    <t>PHILLIPS JOEL A &amp; JULIE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C R 272  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-07-023-001</t>
+  </si>
+  <si>
+    <t>HILL RONALD ERNEST III ETAL ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEMINOLE SHORE DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-07-025-001</t>
+  </si>
+  <si>
     <t>43-018-12-08-031-000</t>
   </si>
   <si>
     <t>GRACELY JULIE A TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">10472 SEMINOLE SHORE DR  
 </t>
   </si>
   <si>
+    <t>43-018-12-09-008-001</t>
+  </si>
+  <si>
+    <t>MOSICH STEVEN ZACHARY ETAL</t>
+  </si>
+  <si>
+    <t>43-018-12-09-010-001</t>
+  </si>
+  <si>
+    <t>43-018-12-09-041-519</t>
+  </si>
+  <si>
+    <t>NIESE SHAWN M ETAL &amp; MANDY A KLASS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9638 S R 368  UNIT C 3
+</t>
+  </si>
+  <si>
+    <t>43-018-12-11-004-000</t>
+  </si>
+  <si>
+    <t>DEANGELIS GUY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9571 S R 368  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-13-005-000</t>
+  </si>
+  <si>
+    <t>PATTON SUE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9885 BLACKHAWK DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-16-001-000</t>
+  </si>
+  <si>
+    <t>BEYER ELLEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHEROKEE DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-12-16-002-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9905 CHEROKEE DR  
+</t>
+  </si>
+  <si>
     <t>43-018-12-18-006-000</t>
   </si>
   <si>
     <t>HORN STEVEN A</t>
   </si>
   <si>
     <t xml:space="preserve">9978 BUCKEYE DR  
 </t>
   </si>
   <si>
+    <t>43-018-15-04-024-000</t>
+  </si>
+  <si>
+    <t>HART TIMOTHY T</t>
+  </si>
+  <si>
+    <t>43-018-15-04-025-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10594 BUCKEYE DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-16-03-015-000</t>
+  </si>
+  <si>
+    <t>WANAMAKER MICHAEL A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9993 BUCKEYE DR  
+</t>
+  </si>
+  <si>
+    <t>43-018-16-04-004-000</t>
+  </si>
+  <si>
+    <t>GOSLEE KIRK A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9849 EAGLE DR  
+</t>
+  </si>
+  <si>
+    <t>43-019-09-01-015-000</t>
+  </si>
+  <si>
+    <t>HOWE JEANNE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9868 W LAKESHORE DR  
+</t>
+  </si>
+  <si>
     <t>43-019-09-01-048-003</t>
   </si>
   <si>
     <t>LOWRY KASEY S ETAL &amp; SARAH J</t>
   </si>
   <si>
     <t xml:space="preserve">BUCKEYE DR  
 </t>
   </si>
   <si>
     <t>43-019-09-03-012-000</t>
   </si>
   <si>
     <t>DERR C C</t>
   </si>
   <si>
     <t xml:space="preserve">COTTONWOOD DR  
 </t>
   </si>
   <si>
+    <t>43-019-13-03-002-000</t>
+  </si>
+  <si>
+    <t>SCHULTE-HORDELHOFF MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9056 S R 368  
+</t>
+  </si>
+  <si>
+    <t>43-019-13-03-012-000</t>
+  </si>
+  <si>
+    <t>O'BRIEN KEVIN G ETAL &amp; DENISE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 368  
+</t>
+  </si>
+  <si>
+    <t>43-019-13-03-021-000</t>
+  </si>
+  <si>
+    <t>PURK RYAN T ETAL</t>
+  </si>
+  <si>
+    <t>43-019-13-05-040-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8826 S R 368  
+</t>
+  </si>
+  <si>
+    <t>43-019-13-05-041-001</t>
+  </si>
+  <si>
+    <t>43-030-00-00-018-001</t>
+  </si>
+  <si>
+    <t>WINNER JAY J ETUX &amp; COLLEEN M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13318 C R 52  
+</t>
+  </si>
+  <si>
     <t>43-031-07-03-003-000</t>
   </si>
   <si>
     <t xml:space="preserve">8850 MADISON AVE  
 </t>
   </si>
   <si>
     <t>43-031-07-06-003-000</t>
   </si>
   <si>
     <t>HULVEY LEWIS E</t>
   </si>
   <si>
     <t xml:space="preserve">U S 33  
 </t>
   </si>
   <si>
+    <t>43-031-08-05-010-000</t>
+  </si>
+  <si>
+    <t>BOARD POLLY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10675 T R 239  
+LAKEVIEW OH 43331</t>
+  </si>
+  <si>
     <t>43-668-00-00-000-000</t>
   </si>
   <si>
     <t>FAITH BAPTIST CHURCH</t>
   </si>
   <si>
+    <t>47-017-14-03-019-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11735 WILLIAMS  
+</t>
+  </si>
+  <si>
+    <t>47-017-14-03-020-000</t>
+  </si>
+  <si>
+    <t>47-017-14-03-020-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11767 WILLIAMS DR  
+</t>
+  </si>
+  <si>
+    <t>47-017-14-03-021-000</t>
+  </si>
+  <si>
+    <t>47-017-14-05-002-000</t>
+  </si>
+  <si>
+    <t>HUNTER ANTHONY ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">520 LIMA ST  
+</t>
+  </si>
+  <si>
     <t>47-017-14-05-003-000</t>
   </si>
   <si>
     <t>HUBER SAMUEL R</t>
   </si>
   <si>
     <t xml:space="preserve">515 OAK ST  
 </t>
   </si>
   <si>
+    <t>47-017-14-06-001-000</t>
+  </si>
+  <si>
+    <t>HOOVER RONALD L CO-TRUSTEE &amp; ERMA T CO TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">560 OAK ST  
+</t>
+  </si>
+  <si>
     <t>47-017-14-07-002-000</t>
   </si>
   <si>
     <t>DARLING BRAD</t>
   </si>
   <si>
     <t xml:space="preserve">NORTH ST  
 </t>
   </si>
   <si>
     <t>47-017-14-07-003-000</t>
   </si>
   <si>
     <t>47-017-14-07-007-000</t>
   </si>
   <si>
     <t>NICKERSON RICHARD</t>
   </si>
   <si>
     <t>47-017-14-08-001-000</t>
   </si>
   <si>
     <t>MARTIN JOHN M</t>
   </si>
   <si>
+    <t>47-017-14-08-005-000</t>
+  </si>
+  <si>
+    <t>DISBENNETT CHARLES R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">255 GROVE AVE  
+</t>
+  </si>
+  <si>
     <t>47-017-14-08-016-001</t>
   </si>
   <si>
     <t>MARTIN JERRY ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">NORTH AVE  
 </t>
   </si>
   <si>
     <t>47-017-14-08-016-002</t>
   </si>
   <si>
     <t>47-017-14-08-016-003</t>
   </si>
   <si>
     <t>47-017-14-10-017-000</t>
   </si>
   <si>
     <t>MORRIS HAROLD L ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">GROVE AVE  
 </t>
   </si>
   <si>
     <t>47-017-14-11-001-000</t>
   </si>
   <si>
     <t>MCFADDEN DONALD R</t>
   </si>
   <si>
     <t xml:space="preserve">210 BENTZ AVE  
 </t>
   </si>
   <si>
     <t>47-017-14-11-014-000</t>
   </si>
   <si>
     <t>KEMP RANDY ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">BENTZ AVE  
 </t>
   </si>
   <si>
+    <t>47-017-14-12-006-000</t>
+  </si>
+  <si>
+    <t>WILSON ELLEN M TRUSTEE ETAL &amp; RHONDA K TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">410 N OAK ST  
+</t>
+  </si>
+  <si>
     <t>47-017-14-13-009-000</t>
   </si>
   <si>
     <t>BRADLEY HERBERT</t>
   </si>
   <si>
     <t xml:space="preserve">N OAK ST  
 </t>
   </si>
   <si>
     <t>47-017-14-13-010-000</t>
   </si>
   <si>
     <t>BRADLEY HERBERT E</t>
   </si>
   <si>
     <t>47-017-14-13-010-001</t>
   </si>
   <si>
     <t>47-017-14-13-011-000</t>
   </si>
   <si>
     <t>BROWN TRACY L</t>
   </si>
   <si>
     <t xml:space="preserve">1 N OAK ST  
 </t>
   </si>
   <si>
     <t>47-017-14-15-017-000</t>
   </si>
   <si>
     <t>DARBY BUILDING SUPPLIES INC</t>
   </si>
   <si>
     <t xml:space="preserve">HULL ST  
 </t>
   </si>
   <si>
     <t>47-017-14-15-019-000</t>
   </si>
   <si>
     <t>SILVER STANLEY M</t>
   </si>
   <si>
+    <t>47-017-14-15-026-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">275 STEPHENSON ST  
+</t>
+  </si>
+  <si>
+    <t>47-017-14-15-048-000</t>
+  </si>
+  <si>
+    <t>ORCHARD CAPITAL LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">240 MIDWAY AVE  
+</t>
+  </si>
+  <si>
+    <t>47-017-14-15-049-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDWAY AVE  
+</t>
+  </si>
+  <si>
+    <t>47-017-14-16-007-000</t>
+  </si>
+  <si>
+    <t>FLETCHER THOMAS L &amp; WENDY L KEENER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">370 N MAIN ST  
+</t>
+  </si>
+  <si>
     <t>47-017-14-16-010-000</t>
   </si>
   <si>
     <t>REMEDY ASPHALT SEALCOATING AND REPAIR LLC</t>
   </si>
   <si>
     <t xml:space="preserve">330 N MAIN ST  
 </t>
   </si>
   <si>
+    <t>47-017-14-17-002-000</t>
+  </si>
+  <si>
+    <t>HAZELTINE SHERYL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">310 BYERS ST  
+</t>
+  </si>
+  <si>
+    <t>47-017-14-17-002-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BYERS ST  
+</t>
+  </si>
+  <si>
     <t>47-017-17-05-015-000</t>
   </si>
   <si>
     <t>TAYLOR RODNEY</t>
   </si>
   <si>
     <t xml:space="preserve">410 W HARRISON ST  
 </t>
   </si>
   <si>
+    <t>47-017-18-01-004-000</t>
+  </si>
+  <si>
+    <t>DINGLEDINE RICHARD E ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">220 N OAK ST  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-02-016-000</t>
+  </si>
+  <si>
+    <t>WALTER JOSEPH S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">280 ELM ST  
+</t>
+  </si>
+  <si>
     <t>47-017-18-03-003-000</t>
   </si>
   <si>
     <t>WEBB ISAAC</t>
   </si>
   <si>
+    <t>47-017-18-03-007-000</t>
+  </si>
+  <si>
+    <t>ROBERTS GREGORY D ETAL &amp; DONNA D HOLLAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">195 N OAK ST  
+</t>
+  </si>
+  <si>
     <t>47-017-18-03-008-000</t>
   </si>
   <si>
-    <t>DISBENNETT CHARLES R</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">185 N OAK ST  
 </t>
   </si>
   <si>
     <t>47-017-18-03-009-000</t>
   </si>
   <si>
     <t xml:space="preserve">175 N OAK ST  
 </t>
   </si>
   <si>
     <t>47-017-18-04-001-000</t>
   </si>
   <si>
     <t>STILES MOLLY</t>
   </si>
   <si>
     <t xml:space="preserve">290 N MAIN ST  
 </t>
   </si>
   <si>
+    <t>47-017-18-05-009-000</t>
+  </si>
+  <si>
+    <t>SMITH SANDY JO ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">165 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-05-010-000</t>
+  </si>
+  <si>
+    <t>SMITH MICHAEL ETAL &amp; SANDY JO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">180 HOON-BECK ALY  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-05-011-000</t>
+  </si>
+  <si>
+    <t>47-017-18-05-012-000</t>
+  </si>
+  <si>
+    <t>SMITH SANDY JO &amp; MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">155 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-05-013-000</t>
+  </si>
+  <si>
+    <t>SMITH MICHAEL DUANE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">175 HOON BECK ALY  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-05-025-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">210 W LAKE DR  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-07-001-000</t>
+  </si>
+  <si>
+    <t>STRINGFELLOW MICHAEL L ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">295 W LAKE DR  
+</t>
+  </si>
+  <si>
     <t>47-017-18-07-002-000</t>
   </si>
   <si>
     <t>CLEM STANLEY H</t>
   </si>
   <si>
     <t xml:space="preserve">125 CHURCH ST  
 </t>
   </si>
   <si>
+    <t>47-017-18-08-013-000</t>
+  </si>
+  <si>
+    <t>DAY JUSTIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 S MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-09-009-000</t>
+  </si>
+  <si>
+    <t>LUXE AT LAKESIDE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 LAKE AVE  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-09-011-000</t>
+  </si>
+  <si>
+    <t>RAMIEZ GUSTAVO JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">120 E LAKE AVE  
+</t>
+  </si>
+  <si>
+    <t>47-017-18-11-008-000</t>
+  </si>
+  <si>
+    <t>NARROW GATES DEVELOPMENTS INC</t>
+  </si>
+  <si>
     <t>47-017-18-13-006-000</t>
   </si>
   <si>
     <t>MACKESY TODD M</t>
   </si>
   <si>
     <t xml:space="preserve">285 W HARRISON ST  
 </t>
   </si>
   <si>
     <t>47-017-18-13-014-000</t>
   </si>
   <si>
     <t>CARNAHAN MARY</t>
   </si>
   <si>
     <t xml:space="preserve">W HARRISON ST  
 </t>
   </si>
   <si>
+    <t>47-017-18-13-022-000</t>
+  </si>
+  <si>
+    <t>COYER LEROY ETUX &amp; THERESA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAIN ST  
+</t>
+  </si>
+  <si>
     <t>47-031-06-02-001-000</t>
   </si>
   <si>
     <t>MACKESY TED J</t>
   </si>
   <si>
     <t xml:space="preserve">190 MARKET ST  
 </t>
   </si>
   <si>
+    <t>47-031-06-02-006-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">260 S MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>47-031-06-05-001-000</t>
+  </si>
+  <si>
+    <t>HART REAL ESTATE HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">335 UNION ST  
+LAKEVIEW OH 43331</t>
+  </si>
+  <si>
+    <t>47-031-06-05-001-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNION ST  
+</t>
+  </si>
+  <si>
     <t>47-031-06-06-013-000</t>
   </si>
   <si>
     <t>KENNER BETSI B</t>
   </si>
   <si>
     <t xml:space="preserve">360 UNION ST  
 </t>
   </si>
   <si>
+    <t>47-031-06-07-006-000</t>
+  </si>
+  <si>
+    <t>SWANK KEITH ETAL &amp; TRACEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">385 S R 235  
+</t>
+  </si>
+  <si>
     <t>47-031-06-08-007-000</t>
   </si>
   <si>
     <t>PRATT LARRY RONALD ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">165 MARKET ST  
 </t>
   </si>
   <si>
+    <t>47-031-06-08-012-001</t>
+  </si>
+  <si>
+    <t>LEE CAROLYN A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S MAIN ST  
+</t>
+  </si>
+  <si>
     <t>47-031-06-09-005-000</t>
   </si>
   <si>
     <t>TAYLOR MATTHEW E ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">450 OAK ST  
 </t>
+  </si>
+  <si>
+    <t>47-031-06-09-006-000</t>
+  </si>
+  <si>
+    <t>47-031-06-09-007-000</t>
+  </si>
+  <si>
+    <t>47-031-06-10-004-000</t>
+  </si>
+  <si>
+    <t>MURDOCK MARIE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">430 UNION ST  
+</t>
+  </si>
+  <si>
+    <t>47-089-40-00-000-000</t>
+  </si>
+  <si>
+    <t>LOGAN COUNTY COMMISSIONERS</t>
   </si>
   <si>
     <t>00825</t>
   </si>
   <si>
     <t>BRADFORD DARRELL</t>
   </si>
   <si>
     <t>WAYNESFIELD GOSHEN S D</t>
   </si>
   <si>
     <t>13636 T R 89</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1471,3420 +3022,7140 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F167" headerRowCount="1">
-  <autoFilter ref="A1:F167"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F353" headerRowCount="1">
+  <autoFilter ref="A1:F353"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=36166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37278&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=22923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23422&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23423&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=23910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24754&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=24967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=36166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=25979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=35118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26895&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27704&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=27999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=26502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28586&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=28972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37278&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F167"/>
+  <dimension ref="A1:F353"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
-    <col min="2" max="2" width="50.44309616088867" customWidth="1"/>
+    <col min="2" max="2" width="50.536197662353516" customWidth="1"/>
     <col min="3" max="3" width="25.253189086914062" customWidth="1"/>
     <col min="4" max="4" width="35.270023345947266" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>226.3</v>
+        <v>237.31</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>174.19</v>
+        <v>44.93</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>794.18</v>
+        <v>109.69</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>174</v>
+        <v>518.76</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>90.16</v>
+        <v>889.45</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>831.31</v>
+        <v>23.71</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>257.57</v>
+        <v>260.71</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>1750.17</v>
+        <v>68.62</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>481.13</v>
+        <v>250.79</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>48.91</v>
+        <v>175.04</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>46.17</v>
+        <v>48.48</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>164.17</v>
+        <v>11.51</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>3736.36</v>
+        <v>846.75</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>108.03</v>
+        <v>268</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>793.44</v>
+        <v>1894.19</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>115.11</v>
+        <v>522.65</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>68.28</v>
+        <v>94.97</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="3">
-        <v>46.17</v>
+        <v>36.59</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="3">
-        <v>360.17</v>
+        <v>88.86</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="3">
-        <v>699.4</v>
+        <v>164.17</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="3">
-        <v>340.09</v>
+        <v>62.69</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="3">
-        <v>399.13</v>
+        <v>36.1</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="3">
-        <v>1307.09</v>
+        <v>19.88</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="3">
-        <v>439.35</v>
+        <v>274.33</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="3">
-        <v>44.5</v>
+        <v>4567.61</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="3">
-        <v>1600.09</v>
+        <v>210.94</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="3">
-        <v>1276.86</v>
+        <v>861.18</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="3">
-        <v>86.9</v>
+        <v>0.63</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="3">
-        <v>58.65</v>
+        <v>222.6</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="3">
-        <v>1771.72</v>
+        <v>132.59</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="3">
-        <v>730.46</v>
+        <v>41.23</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="3">
-        <v>172.09</v>
+        <v>88.86</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="3">
-        <v>469.53</v>
+        <v>403.02</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="3">
-        <v>20.05</v>
+        <v>771.66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="3">
-        <v>61.94</v>
+        <v>490.5</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="3">
-        <v>23.54</v>
+        <v>37.95</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="3">
-        <v>525.67</v>
+        <v>40.51</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="3">
-        <v>218.16</v>
+        <v>425.17</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="3">
-        <v>39.72</v>
+        <v>1349.78</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="3">
-        <v>18647.81</v>
+        <v>483</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E42" s="3">
-        <v>1077.62</v>
+        <v>13.94</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E43" s="3">
-        <v>2989.21</v>
+        <v>200.36</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="3">
-        <v>69.3</v>
+        <v>15.89</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="3">
-        <v>2298.83</v>
+        <v>137.11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="3">
-        <v>308.79</v>
+        <v>34.19</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E47" s="3">
-        <v>1682.71</v>
+        <v>1658.43</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="3">
-        <v>25.47</v>
+        <v>1628.76</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E49" s="3">
-        <v>1157.11</v>
+        <v>125.24</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="3">
-        <v>38.65</v>
+        <v>69.88</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E51" s="3">
-        <v>642.73</v>
+        <v>1814.41</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E52" s="3">
-        <v>3335.68</v>
+        <v>946.59</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="3">
-        <v>780.8</v>
+        <v>184.76</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E54" s="3">
-        <v>230.52</v>
+        <v>1270.64</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E55" s="3">
-        <v>93.57</v>
+        <v>98.48</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E56" s="3">
-        <v>41.02</v>
+        <v>121.1</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="D57" s="0" t="s">
         <v>175</v>
       </c>
       <c r="E57" s="3">
-        <v>601.49</v>
+        <v>46.39</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="D58" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E58" s="3">
-        <v>5440.26</v>
+        <v>525.67</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="D59" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E59" s="3">
-        <v>4418.68</v>
+        <v>268.3</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D60" s="2" t="s">
-        <v>183</v>
+      <c r="D60" s="0" t="s">
+        <v>184</v>
       </c>
       <c r="E60" s="3">
-        <v>409.62</v>
+        <v>77.11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D61" s="2" t="s">
-        <v>186</v>
+      <c r="D61" s="0" t="s">
+        <v>187</v>
       </c>
       <c r="E61" s="3">
-        <v>115.8</v>
+        <v>26.44</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="2" t="s">
-        <v>189</v>
+      <c r="D62" s="0" t="s">
+        <v>190</v>
       </c>
       <c r="E62" s="3">
-        <v>0.51</v>
+        <v>44.04</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D63" s="2" t="s">
-        <v>192</v>
+      <c r="D63" s="0" t="s">
+        <v>193</v>
       </c>
       <c r="E63" s="3">
-        <v>177.84</v>
+        <v>19163.59</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="2" t="s">
-        <v>192</v>
+      <c r="D64" s="0" t="s">
+        <v>196</v>
       </c>
       <c r="E64" s="3">
-        <v>170.58</v>
+        <v>546.27</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D65" s="2" t="s">
-        <v>196</v>
+      <c r="D65" s="0" t="s">
+        <v>199</v>
       </c>
       <c r="E65" s="3">
-        <v>291.38</v>
+        <v>0.99</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D66" s="2" t="s">
-        <v>198</v>
+      <c r="D66" s="0" t="s">
+        <v>202</v>
       </c>
       <c r="E66" s="3">
-        <v>972.87</v>
+        <v>20.33</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="2" t="s">
-        <v>200</v>
+      <c r="D67" s="0" t="s">
+        <v>205</v>
       </c>
       <c r="E67" s="3">
-        <v>1199.23</v>
+        <v>1657.67</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D68" s="2" t="s">
-        <v>203</v>
+      <c r="D68" s="0" t="s">
+        <v>208</v>
       </c>
       <c r="E68" s="3">
-        <v>3041.91</v>
+        <v>3066</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D69" s="2" t="s">
-        <v>206</v>
+      <c r="D69" s="0" t="s">
+        <v>211</v>
       </c>
       <c r="E69" s="3">
-        <v>159.77</v>
+        <v>134.55</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D70" s="2" t="s">
-        <v>208</v>
+      <c r="D70" s="0" t="s">
+        <v>214</v>
       </c>
       <c r="E70" s="3">
-        <v>779.98</v>
+        <v>2442.28</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D71" s="2" t="s">
-        <v>210</v>
+      <c r="D71" s="0" t="s">
+        <v>217</v>
       </c>
       <c r="E71" s="3">
-        <v>245.76</v>
+        <v>6.37</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D72" s="2" t="s">
-        <v>210</v>
+      <c r="D72" s="0" t="s">
+        <v>220</v>
       </c>
       <c r="E72" s="3">
-        <v>663.07</v>
+        <v>144.02</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D73" s="2" t="s">
-        <v>215</v>
+      <c r="D73" s="0" t="s">
+        <v>223</v>
       </c>
       <c r="E73" s="3">
-        <v>250.55</v>
+        <v>413.16</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D74" s="2" t="s">
-        <v>215</v>
+      <c r="D74" s="0" t="s">
+        <v>226</v>
       </c>
       <c r="E74" s="3">
-        <v>446</v>
+        <v>2146.66</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D75" s="2" t="s">
-        <v>218</v>
+      <c r="D75" s="0" t="s">
+        <v>229</v>
       </c>
       <c r="E75" s="3">
-        <v>4634.08</v>
+        <v>49.47</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D76" s="2" t="s">
-        <v>215</v>
+      <c r="D76" s="0" t="s">
+        <v>232</v>
       </c>
       <c r="E76" s="3">
-        <v>663.07</v>
+        <v>0.41</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D77" s="2" t="s">
-        <v>215</v>
+      <c r="D77" s="0" t="s">
+        <v>235</v>
       </c>
       <c r="E77" s="3">
-        <v>2190.27</v>
+        <v>1243.37</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D78" s="2" t="s">
-        <v>215</v>
+      <c r="D78" s="0" t="s">
+        <v>238</v>
       </c>
       <c r="E78" s="3">
-        <v>2190.27</v>
+        <v>49.08</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D79" s="2" t="s">
-        <v>225</v>
+      <c r="D79" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="E79" s="3">
-        <v>209.16</v>
+        <v>690.7</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D80" s="2" t="s">
-        <v>227</v>
+      <c r="D80" s="0" t="s">
+        <v>244</v>
       </c>
       <c r="E80" s="3">
-        <v>173.16</v>
+        <v>4806.57</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D81" s="2" t="s">
-        <v>227</v>
+      <c r="D81" s="0" t="s">
+        <v>247</v>
       </c>
       <c r="E81" s="3">
-        <v>173.34</v>
+        <v>873.84</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>229</v>
+        <v>248</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D82" s="2" t="s">
-        <v>231</v>
+      <c r="D82" s="0" t="s">
+        <v>250</v>
       </c>
       <c r="E82" s="3">
-        <v>416.67</v>
+        <v>274.79</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>232</v>
+        <v>251</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>230</v>
+        <v>252</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D83" s="2" t="s">
-        <v>231</v>
+      <c r="D83" s="0" t="s">
+        <v>253</v>
       </c>
       <c r="E83" s="3">
-        <v>195.08</v>
+        <v>118.89</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>234</v>
+        <v>255</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D84" s="2" t="s">
-        <v>235</v>
+      <c r="D84" s="0" t="s">
+        <v>256</v>
       </c>
       <c r="E84" s="3">
-        <v>1185.61</v>
+        <v>59.11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>236</v>
+        <v>257</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>234</v>
+        <v>258</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c r="E85" s="3">
-        <v>2025.41</v>
+        <v>66.55</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>237</v>
+        <v>260</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>238</v>
+        <v>261</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="E86" s="3">
-        <v>7653.75</v>
+        <v>698.63</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>240</v>
+        <v>263</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>241</v>
+        <v>264</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>242</v>
+        <v>265</v>
       </c>
       <c r="E87" s="3">
-        <v>901.73</v>
+        <v>94.2</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>244</v>
+        <v>267</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>245</v>
+        <v>268</v>
       </c>
       <c r="E88" s="3">
-        <v>3953.49</v>
+        <v>348.33</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>246</v>
+        <v>269</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>247</v>
+        <v>270</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>248</v>
+        <v>271</v>
       </c>
       <c r="E89" s="3">
-        <v>83.1</v>
+        <v>1268.08</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>247</v>
+        <v>273</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>248</v>
+        <v>274</v>
       </c>
       <c r="E90" s="3">
-        <v>1316.5</v>
+        <v>10957.51</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>251</v>
+        <v>277</v>
       </c>
       <c r="E91" s="3">
-        <v>131.82</v>
+        <v>5870.61</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>252</v>
+        <v>278</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>251</v>
+        <v>279</v>
       </c>
       <c r="E92" s="3">
-        <v>83.1</v>
+        <v>544.28</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>254</v>
+        <v>281</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>255</v>
+        <v>282</v>
       </c>
       <c r="E93" s="3">
-        <v>56.28</v>
+        <v>1692.61</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>256</v>
+        <v>283</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>257</v>
+        <v>284</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>258</v>
+        <v>285</v>
       </c>
       <c r="E94" s="3">
-        <v>691.87</v>
+        <v>1112.05</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>259</v>
+        <v>286</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>260</v>
+        <v>287</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>261</v>
+        <v>288</v>
       </c>
       <c r="E95" s="3">
-        <v>7.97</v>
+        <v>189.93</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>264</v>
+        <v>291</v>
       </c>
       <c r="E96" s="3">
-        <v>14302.26</v>
+        <v>554.91</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>265</v>
+        <v>292</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>266</v>
+        <v>293</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>267</v>
+        <v>294</v>
       </c>
       <c r="E97" s="3">
-        <v>1024.17</v>
+        <v>3.06</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>268</v>
+        <v>295</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>269</v>
+        <v>293</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>270</v>
+        <v>296</v>
       </c>
       <c r="E98" s="3">
-        <v>4835.61</v>
+        <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>271</v>
+        <v>297</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>269</v>
+        <v>293</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>272</v>
+        <v>298</v>
       </c>
       <c r="E99" s="3">
-        <v>1031.95</v>
+        <v>25.63</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>273</v>
+        <v>299</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>269</v>
+        <v>300</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>274</v>
+        <v>301</v>
       </c>
       <c r="E100" s="3">
-        <v>1031.95</v>
+        <v>308.68</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>275</v>
+        <v>302</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>269</v>
+        <v>303</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>274</v>
+        <v>304</v>
       </c>
       <c r="E101" s="3">
-        <v>1031.95</v>
+        <v>0.51</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>276</v>
+        <v>305</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>269</v>
+        <v>306</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>274</v>
+        <v>307</v>
       </c>
       <c r="E102" s="3">
-        <v>3135.51</v>
+        <v>31.87</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>277</v>
+        <v>308</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>278</v>
+        <v>309</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="E103" s="3">
-        <v>1592.92</v>
+        <v>482.35</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>280</v>
+        <v>310</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="E104" s="3">
-        <v>199.15</v>
+        <v>331.25</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>284</v>
+        <v>312</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>210</v>
+        <v>313</v>
       </c>
       <c r="E105" s="3">
-        <v>471.18</v>
+        <v>565.71</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>285</v>
+        <v>314</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>284</v>
+        <v>312</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>286</v>
+        <v>315</v>
       </c>
       <c r="E106" s="3">
-        <v>613.84</v>
+        <v>1565.88</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>287</v>
+        <v>316</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>288</v>
+        <v>317</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>210</v>
+        <v>318</v>
       </c>
       <c r="E107" s="3">
-        <v>261.76</v>
+        <v>1584.46</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>290</v>
+        <v>321</v>
       </c>
       <c r="E108" s="3">
-        <v>680.56</v>
+        <v>517.5</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>291</v>
+        <v>322</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>292</v>
+        <v>309</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>215</v>
+        <v>323</v>
       </c>
       <c r="E109" s="3">
-        <v>1249.37</v>
+        <v>2328.69</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>293</v>
+        <v>324</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>292</v>
+        <v>325</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>215</v>
+        <v>326</v>
       </c>
       <c r="E110" s="3">
-        <v>660.27</v>
+        <v>6064.52</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>292</v>
+        <v>328</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>295</v>
+        <v>329</v>
       </c>
       <c r="E111" s="3">
-        <v>2753.29</v>
+        <v>154.41</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>296</v>
+        <v>330</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>297</v>
+        <v>331</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>298</v>
+        <v>332</v>
       </c>
       <c r="E112" s="3">
-        <v>150.77</v>
+        <v>314.18</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>299</v>
+        <v>333</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>297</v>
+        <v>331</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="E113" s="3">
-        <v>1274.48</v>
+        <v>2092.86</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>301</v>
+        <v>331</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>302</v>
+        <v>336</v>
       </c>
       <c r="E114" s="3">
-        <v>150.24</v>
+        <v>483.19</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>303</v>
+        <v>337</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>304</v>
+        <v>338</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>305</v>
+        <v>336</v>
       </c>
       <c r="E115" s="3">
-        <v>241.11</v>
+        <v>817.48</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>306</v>
+        <v>339</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>90</v>
+        <v>340</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>307</v>
+        <v>329</v>
       </c>
       <c r="E116" s="3">
-        <v>1833.3</v>
+        <v>404.96</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>308</v>
+        <v>341</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>309</v>
+        <v>340</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>310</v>
+        <v>329</v>
       </c>
       <c r="E117" s="3">
-        <v>5611.85</v>
+        <v>720.78</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>311</v>
+        <v>342</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>312</v>
+        <v>343</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>313</v>
+        <v>344</v>
       </c>
       <c r="E118" s="3">
-        <v>1748.2</v>
+        <v>803.82</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>314</v>
+        <v>345</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="E119" s="3">
-        <v>665.11</v>
+        <v>6162.48</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>318</v>
+        <v>338</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="E120" s="3">
-        <v>4244.59</v>
+        <v>817.48</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>320</v>
+        <v>348</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>321</v>
+        <v>349</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>305</v>
+        <v>329</v>
       </c>
       <c r="E121" s="3">
-        <v>18.7</v>
+        <v>2368.52</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>321</v>
+        <v>349</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="E122" s="3">
-        <v>5544.8</v>
+        <v>2368.52</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>324</v>
+        <v>351</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>326</v>
+        <v>353</v>
       </c>
       <c r="E123" s="3">
-        <v>77.56</v>
+        <v>515.39</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>327</v>
+        <v>354</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>328</v>
+        <v>355</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>329</v>
+        <v>356</v>
       </c>
       <c r="E124" s="3">
-        <v>1495.07</v>
+        <v>178.25</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>330</v>
+        <v>357</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>331</v>
+        <v>355</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>332</v>
+        <v>356</v>
       </c>
       <c r="E125" s="3">
-        <v>2261.07</v>
+        <v>1697.84</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>333</v>
+        <v>358</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>334</v>
+        <v>359</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>335</v>
+        <v>288</v>
       </c>
       <c r="E126" s="3">
-        <v>695.8</v>
+        <v>189.93</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>336</v>
+        <v>360</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>337</v>
+        <v>135</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>338</v>
+        <v>361</v>
       </c>
       <c r="E127" s="3">
-        <v>1991.23</v>
+        <v>302.04</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>339</v>
+        <v>362</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>340</v>
+        <v>135</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>341</v>
+        <v>363</v>
       </c>
       <c r="E128" s="3">
-        <v>354.55</v>
+        <v>154.41</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>342</v>
+        <v>364</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>27</v>
+        <v>365</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>343</v>
+        <v>366</v>
       </c>
       <c r="E129" s="3">
-        <v>65.32</v>
+        <v>14.04</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>344</v>
+        <v>367</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>345</v>
+        <v>365</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>346</v>
+        <v>366</v>
       </c>
       <c r="E130" s="3">
-        <v>283.96</v>
+        <v>14.04</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>347</v>
+        <v>368</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>348</v>
+        <v>365</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>349</v>
+        <v>366</v>
       </c>
       <c r="E131" s="3">
-        <v>1398.96</v>
+        <v>14.04</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>351</v>
+        <v>365</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>352</v>
+        <v>370</v>
       </c>
       <c r="E132" s="3">
-        <v>3.02</v>
+        <v>107.84</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>353</v>
+        <v>371</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="E133" s="3">
-        <v>2273.71</v>
+        <v>14.6</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>356</v>
+        <v>372</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>69</v>
+        <v>373</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="E134" s="3">
-        <v>2620.93</v>
+        <v>465.59</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>360</v>
+        <v>377</v>
       </c>
       <c r="E135" s="3">
-        <v>2238.68</v>
+        <v>99.51</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="E136" s="3">
-        <v>61.07</v>
+        <v>76.52</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>365</v>
+        <v>380</v>
       </c>
       <c r="E137" s="3">
-        <v>599.91</v>
+        <v>113.25</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>366</v>
+        <v>381</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="E138" s="3">
-        <v>6092.34</v>
+        <v>153.64</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E139" s="3">
-        <v>6092.34</v>
+        <v>76.52</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="E140" s="3">
-        <v>1122.76</v>
+        <v>213.63</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>372</v>
+        <v>387</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>373</v>
+        <v>388</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>368</v>
+        <v>389</v>
       </c>
       <c r="E141" s="3">
-        <v>3608.51</v>
+        <v>406.07</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="E142" s="3">
-        <v>5751.37</v>
+        <v>336.26</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>377</v>
+        <v>392</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="E143" s="3">
-        <v>3954.24</v>
+        <v>336.39</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>378</v>
+        <v>393</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="E144" s="3">
-        <v>3954.24</v>
+        <v>0.03</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>379</v>
+        <v>396</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
       <c r="E145" s="3">
-        <v>2189.32</v>
+        <v>0.02</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>382</v>
+        <v>399</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>383</v>
+        <v>365</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="E146" s="3">
-        <v>7992.26</v>
+        <v>494.34</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>385</v>
+        <v>401</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="E147" s="3">
-        <v>115.91</v>
+        <v>3.33</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>389</v>
+        <v>365</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="E148" s="3">
-        <v>1141.21</v>
+        <v>65.25</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>390</v>
+        <v>406</v>
       </c>
       <c r="E149" s="3">
-        <v>6511.04</v>
+        <v>267.24</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="E150" s="3">
-        <v>1068.51</v>
+        <v>600.44</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>394</v>
+        <v>409</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="E151" s="3">
-        <v>50.88</v>
+        <v>378.85</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="E152" s="3">
-        <v>336.14</v>
+        <v>135.01</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>399</v>
+        <v>415</v>
       </c>
       <c r="E153" s="3">
-        <v>720.78</v>
+        <v>1369.38</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="E154" s="3">
-        <v>1759.66</v>
+        <v>2403</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="E155" s="3">
-        <v>2639.54</v>
+        <v>9428.7</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>390</v>
+        <v>422</v>
       </c>
       <c r="E156" s="3">
-        <v>710.05</v>
+        <v>1101.58</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="E157" s="3">
-        <v>5527.81</v>
+        <v>172.93</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="E158" s="3">
-        <v>1506.67</v>
+        <v>296.99</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="E159" s="3">
-        <v>3145.67</v>
+        <v>607.75</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E160" s="3">
-        <v>1810.11</v>
+        <v>46.92</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="E161" s="3">
-        <v>2433.5</v>
+        <v>5804.65</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="E162" s="3">
-        <v>2641.33</v>
+        <v>172.74</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="E163" s="3">
-        <v>1397.89</v>
+        <v>3420.8</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="E164" s="3">
-        <v>1672.75</v>
+        <v>258.38</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="E165" s="3">
-        <v>631.47</v>
+        <v>172.74</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="E166" s="3">
-        <v>1145.12</v>
+        <v>122</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="E167" s="3">
+        <v>108.96</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="E168" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="E169" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="E170" s="3">
+        <v>89.64</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="E171" s="3">
+        <v>2304.84</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="E172" s="3">
+        <v>146.06</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="E173" s="3">
+        <v>89.64</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="E174" s="3">
+        <v>1160.23</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="E175" s="3">
+        <v>89.64</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="E176" s="3">
+        <v>2853.81</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="E177" s="3">
+        <v>759.71</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="E178" s="3">
+        <v>15.22</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="E179" s="3">
+        <v>14339.26</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="E180" s="3">
+        <v>1861.23</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="E181" s="3">
+        <v>5113.69</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="E182" s="3">
+        <v>1192.62</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="E183" s="3">
+        <v>1192.62</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="E184" s="3">
+        <v>1192.62</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="E185" s="3">
+        <v>3600.34</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="E186" s="3">
+        <v>1486.31</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="E187" s="3">
+        <v>1527.83</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="E188" s="3">
+        <v>341.54</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="E189" s="3">
+        <v>7.25</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="E190" s="3">
+        <v>1753.59</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="E191" s="3">
+        <v>593.02</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="E192" s="3">
+        <v>1362.12</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="E193" s="3">
+        <v>336.84</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="E194" s="3">
+        <v>1144.18</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="E195" s="3">
+        <v>1165.86</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="E196" s="3">
+        <v>704.44</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="E197" s="3">
+        <v>1438.99</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="E198" s="3">
+        <v>73.53</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="E199" s="3">
+        <v>508.22</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="E200" s="3">
+        <v>1088.93</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E201" s="3">
+        <v>323.4</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="E202" s="3">
+        <v>1038.39</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="E203" s="3">
+        <v>155.76</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="E204" s="3">
+        <v>1306.55</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="E205" s="3">
+        <v>0.57</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="E206" s="3">
+        <v>211.75</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="E207" s="3">
+        <v>60.21</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="E208" s="3">
+        <v>112.98</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E209" s="3">
+        <v>467.37</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="E210" s="3">
+        <v>796.16</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="E211" s="3">
+        <v>3662.08</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="E212" s="3">
+        <v>7540.41</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="E213" s="3">
+        <v>2251.22</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="E214" s="3">
+        <v>768.54</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E215" s="3">
+        <v>1749.28</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="E216" s="3">
+        <v>192.01</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="E217" s="3">
+        <v>249.36</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="E218" s="3">
+        <v>472.35</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="E219" s="3">
+        <v>368.02</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="E220" s="3">
+        <v>3436.88</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="E221" s="3">
+        <v>5552.77</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="E222" s="3">
+        <v>10</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="E223" s="3">
+        <v>675.11</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="E224" s="3">
+        <v>205.37</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="E225" s="3">
+        <v>5732.41</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="E226" s="3">
+        <v>1764.06</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E227" s="3">
+        <v>22.75</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="E228" s="3">
+        <v>7405.71</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="E229" s="3">
+        <v>129.85</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="E230" s="3">
+        <v>1287.17</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="E231" s="3">
+        <v>957.31</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="E232" s="3">
+        <v>95.42</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="E233" s="3">
+        <v>148.76</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="E234" s="3">
+        <v>80.1</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="E235" s="3">
+        <v>15.83</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="E236" s="3">
+        <v>3266.7</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="E237" s="3">
+        <v>3584.19</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="E238" s="3">
+        <v>1350.96</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="E239" s="3">
+        <v>3693.74</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="E240" s="3">
+        <v>142.21</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="E241" s="3">
+        <v>34.74</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="E242" s="3">
+        <v>356.41</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="E243" s="3">
+        <v>51.14</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="E244" s="3">
+        <v>426.03</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="E245" s="3">
+        <v>362.95</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="E246" s="3">
+        <v>194.51</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="E247" s="3">
+        <v>99.15</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="E248" s="3">
+        <v>83.43</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="E249" s="3">
+        <v>26.56</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="E250" s="3">
+        <v>54.23</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="E251" s="3">
+        <v>164.42</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="E252" s="3">
+        <v>168.7</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="E253" s="3">
+        <v>3805.92</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="E254" s="3">
+        <v>1.03</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="E255" s="3">
+        <v>99.92</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="E256" s="3">
+        <v>101.13</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="E257" s="3">
+        <v>105.3</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="E258" s="3">
+        <v>96.65</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E259" s="3">
+        <v>6061.9</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="E260" s="3">
+        <v>54.49</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="E261" s="3">
+        <v>49.92</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="E262" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="E263" s="3">
+        <v>3396.07</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="E264" s="3">
+        <v>274.15</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="E265" s="3">
+        <v>414.01</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="E266" s="3">
+        <v>1188.53</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="E267" s="3">
+        <v>4164.42</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="E268" s="3">
+        <v>6.93</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="E269" s="3">
+        <v>131.04</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="E270" s="3">
+        <v>6635.46</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="E271" s="3">
+        <v>1585.02</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="E272" s="3">
+        <v>5383.72</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="E273" s="3">
+        <v>5.85</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="E274" s="3">
+        <v>2320.18</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="E275" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="E276" s="3">
+        <v>108.51</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="E277" s="3">
+        <v>6.26</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="E278" s="3">
+        <v>139.52</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C279" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="E279" s="3">
+        <v>0.16</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="C280" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="E280" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C281" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="E281" s="3">
+        <v>3892.08</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C282" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="E282" s="3">
+        <v>2402.69</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E283" s="3">
+        <v>96.44</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E284" s="3">
+        <v>63.45</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="E285" s="3">
+        <v>317.01</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="E286" s="3">
+        <v>22.82</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="E287" s="3">
+        <v>22.82</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="E288" s="3">
+        <v>377.79</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="E289" s="3">
+        <v>221.82</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="E290" s="3">
+        <v>1967.79</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="C291" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="E291" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="B292" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="C292" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="E292" s="3">
+        <v>7006.04</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="B293" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="C293" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="E293" s="3">
+        <v>7006.04</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="C294" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="E294" s="3">
+        <v>1183.68</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B295" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C295" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="E295" s="3">
+        <v>3661.42</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="B296" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C296" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="E296" s="3">
+        <v>1689.91</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="B297" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C297" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="E297" s="3">
+        <v>5804.28</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C298" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="E298" s="3">
+        <v>4007.15</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="E299" s="3">
+        <v>4007.15</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="B300" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="C300" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="E300" s="3">
+        <v>2233.49</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="B301" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C301" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="E301" s="3">
+        <v>9278.4</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B302" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C302" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="E302" s="3">
+        <v>167.08</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="B303" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="E303" s="3">
+        <v>2162.32</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="E304" s="3">
+        <v>1213.79</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="B305" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C305" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="E305" s="3">
+        <v>6654.38</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="B306" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C306" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="E306" s="3">
+        <v>1141.09</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="C307" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="E307" s="3">
+        <v>96.42</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="B308" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C308" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="E308" s="3">
+        <v>2381.56</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="B309" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="C309" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="E309" s="3">
+        <v>744.35</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="B310" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C310" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="E310" s="3">
+        <v>605.67</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="B311" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="C311" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="E311" s="3">
+        <v>220.93</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="B312" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="C312" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="E312" s="3">
+        <v>54.42</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="B313" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C313" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="E313" s="3">
+        <v>249.95</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="B314" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="C314" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="E314" s="3">
+        <v>3945.85</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="B315" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C315" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D315" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="E315" s="3">
+        <v>369.37</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="B316" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C316" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="E316" s="3">
+        <v>3.74</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="B317" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="C317" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="E317" s="3">
+        <v>3510.55</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="B318" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="C318" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="E318" s="3">
+        <v>157.04</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="B319" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="C319" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="E319" s="3">
+        <v>466.89</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="B320" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C320" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="E320" s="3">
+        <v>885.44</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="B321" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="C321" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="E321" s="3">
+        <v>3501.27</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="B322" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C322" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="E322" s="3">
+        <v>7008.71</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="B323" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D323" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="E323" s="3">
+        <v>1743.16</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B324" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="C324" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="E324" s="3">
+        <v>4981.14</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="B325" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="E325" s="3">
+        <v>366.32</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="B326" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C326" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D326" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="E326" s="3">
+        <v>251.06</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="B327" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="C327" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="E327" s="3">
+        <v>325.14</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="B328" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D328" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="E328" s="3">
+        <v>404.53</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="B329" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="C329" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D329" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="E329" s="3">
+        <v>125.82</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="B330" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="C330" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D330" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="E330" s="3">
+        <v>204.72</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B331" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C331" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D331" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="E331" s="3">
+        <v>1352.6</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="B332" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="C332" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="E332" s="3">
+        <v>3359.34</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="B333" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="C333" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D333" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="E333" s="3">
+        <v>825.39</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="B334" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="C334" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D334" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="E334" s="3">
+        <v>934.74</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="B335" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="C335" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D335" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="E335" s="3">
+        <v>1856.81</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="B336" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="C336" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D336" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="E336" s="3">
+        <v>4261.73</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="B337" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="C337" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D337" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="E337" s="3">
+        <v>4333.7</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="B338" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="C338" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D338" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="E338" s="3">
+        <v>2857.61</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="B339" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D339" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="E339" s="3">
+        <v>2093.35</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="B340" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="C340" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D340" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="E340" s="3">
+        <v>2713.87</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="B341" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C341" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="E341" s="3">
+        <v>300.56</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="B342" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="C342" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D342" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="E342" s="3">
+        <v>6.11</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="B343" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="C343" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="E343" s="3">
+        <v>5.15</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B344" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="C344" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="E344" s="3">
+        <v>2115.04</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="B345" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="C345" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" s="2" t="s">
+        <v>896</v>
+      </c>
+      <c r="E345" s="3">
+        <v>486.48</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="B346" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="C346" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D346" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="E346" s="3">
+        <v>1879.92</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="B347" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="C347" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D347" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="E347" s="3">
+        <v>148.83</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B348" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C348" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="E348" s="3">
+        <v>2751.41</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="B349" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C349" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D349" s="2" t="s">
         <v>439</v>
       </c>
-      <c r="B167" s="0" t="s">
-[...11 lines deleted...]
-      <c r="F167" s="1" t="s">
+      <c r="E349" s="3">
+        <v>141.66</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="B350" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C350" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D350" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="E350" s="3">
+        <v>132.88</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="B351" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="C351" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D351" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="E351" s="3">
+        <v>1217.66</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="B352" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="C352" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D352" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E352" s="3">
+        <v>28.47</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="B353" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="C353" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="D353" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="E353" s="3">
+        <v>427.96</v>
+      </c>
+      <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5012,32 +10283,218 @@
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
     <hyperlink ref="F159" r:id="rId159"/>
     <hyperlink ref="F160" r:id="rId160"/>
     <hyperlink ref="F161" r:id="rId161"/>
     <hyperlink ref="F162" r:id="rId162"/>
     <hyperlink ref="F163" r:id="rId163"/>
     <hyperlink ref="F164" r:id="rId164"/>
     <hyperlink ref="F165" r:id="rId165"/>
     <hyperlink ref="F166" r:id="rId166"/>
     <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
+    <hyperlink ref="F222" r:id="rId222"/>
+    <hyperlink ref="F223" r:id="rId223"/>
+    <hyperlink ref="F224" r:id="rId224"/>
+    <hyperlink ref="F225" r:id="rId225"/>
+    <hyperlink ref="F226" r:id="rId226"/>
+    <hyperlink ref="F227" r:id="rId227"/>
+    <hyperlink ref="F228" r:id="rId228"/>
+    <hyperlink ref="F229" r:id="rId229"/>
+    <hyperlink ref="F230" r:id="rId230"/>
+    <hyperlink ref="F231" r:id="rId231"/>
+    <hyperlink ref="F232" r:id="rId232"/>
+    <hyperlink ref="F233" r:id="rId233"/>
+    <hyperlink ref="F234" r:id="rId234"/>
+    <hyperlink ref="F235" r:id="rId235"/>
+    <hyperlink ref="F236" r:id="rId236"/>
+    <hyperlink ref="F237" r:id="rId237"/>
+    <hyperlink ref="F238" r:id="rId238"/>
+    <hyperlink ref="F239" r:id="rId239"/>
+    <hyperlink ref="F240" r:id="rId240"/>
+    <hyperlink ref="F241" r:id="rId241"/>
+    <hyperlink ref="F242" r:id="rId242"/>
+    <hyperlink ref="F243" r:id="rId243"/>
+    <hyperlink ref="F244" r:id="rId244"/>
+    <hyperlink ref="F245" r:id="rId245"/>
+    <hyperlink ref="F246" r:id="rId246"/>
+    <hyperlink ref="F247" r:id="rId247"/>
+    <hyperlink ref="F248" r:id="rId248"/>
+    <hyperlink ref="F249" r:id="rId249"/>
+    <hyperlink ref="F250" r:id="rId250"/>
+    <hyperlink ref="F251" r:id="rId251"/>
+    <hyperlink ref="F252" r:id="rId252"/>
+    <hyperlink ref="F253" r:id="rId253"/>
+    <hyperlink ref="F254" r:id="rId254"/>
+    <hyperlink ref="F255" r:id="rId255"/>
+    <hyperlink ref="F256" r:id="rId256"/>
+    <hyperlink ref="F257" r:id="rId257"/>
+    <hyperlink ref="F258" r:id="rId258"/>
+    <hyperlink ref="F259" r:id="rId259"/>
+    <hyperlink ref="F260" r:id="rId260"/>
+    <hyperlink ref="F261" r:id="rId261"/>
+    <hyperlink ref="F262" r:id="rId262"/>
+    <hyperlink ref="F263" r:id="rId263"/>
+    <hyperlink ref="F264" r:id="rId264"/>
+    <hyperlink ref="F265" r:id="rId265"/>
+    <hyperlink ref="F266" r:id="rId266"/>
+    <hyperlink ref="F267" r:id="rId267"/>
+    <hyperlink ref="F268" r:id="rId268"/>
+    <hyperlink ref="F269" r:id="rId269"/>
+    <hyperlink ref="F270" r:id="rId270"/>
+    <hyperlink ref="F271" r:id="rId271"/>
+    <hyperlink ref="F272" r:id="rId272"/>
+    <hyperlink ref="F273" r:id="rId273"/>
+    <hyperlink ref="F274" r:id="rId274"/>
+    <hyperlink ref="F275" r:id="rId275"/>
+    <hyperlink ref="F276" r:id="rId276"/>
+    <hyperlink ref="F277" r:id="rId277"/>
+    <hyperlink ref="F278" r:id="rId278"/>
+    <hyperlink ref="F279" r:id="rId279"/>
+    <hyperlink ref="F280" r:id="rId280"/>
+    <hyperlink ref="F281" r:id="rId281"/>
+    <hyperlink ref="F282" r:id="rId282"/>
+    <hyperlink ref="F283" r:id="rId283"/>
+    <hyperlink ref="F284" r:id="rId284"/>
+    <hyperlink ref="F285" r:id="rId285"/>
+    <hyperlink ref="F286" r:id="rId286"/>
+    <hyperlink ref="F287" r:id="rId287"/>
+    <hyperlink ref="F288" r:id="rId288"/>
+    <hyperlink ref="F289" r:id="rId289"/>
+    <hyperlink ref="F290" r:id="rId290"/>
+    <hyperlink ref="F291" r:id="rId291"/>
+    <hyperlink ref="F292" r:id="rId292"/>
+    <hyperlink ref="F293" r:id="rId293"/>
+    <hyperlink ref="F294" r:id="rId294"/>
+    <hyperlink ref="F295" r:id="rId295"/>
+    <hyperlink ref="F296" r:id="rId296"/>
+    <hyperlink ref="F297" r:id="rId297"/>
+    <hyperlink ref="F298" r:id="rId298"/>
+    <hyperlink ref="F299" r:id="rId299"/>
+    <hyperlink ref="F300" r:id="rId300"/>
+    <hyperlink ref="F301" r:id="rId301"/>
+    <hyperlink ref="F302" r:id="rId302"/>
+    <hyperlink ref="F303" r:id="rId303"/>
+    <hyperlink ref="F304" r:id="rId304"/>
+    <hyperlink ref="F305" r:id="rId305"/>
+    <hyperlink ref="F306" r:id="rId306"/>
+    <hyperlink ref="F307" r:id="rId307"/>
+    <hyperlink ref="F308" r:id="rId308"/>
+    <hyperlink ref="F309" r:id="rId309"/>
+    <hyperlink ref="F310" r:id="rId310"/>
+    <hyperlink ref="F311" r:id="rId311"/>
+    <hyperlink ref="F312" r:id="rId312"/>
+    <hyperlink ref="F313" r:id="rId313"/>
+    <hyperlink ref="F314" r:id="rId314"/>
+    <hyperlink ref="F315" r:id="rId315"/>
+    <hyperlink ref="F316" r:id="rId316"/>
+    <hyperlink ref="F317" r:id="rId317"/>
+    <hyperlink ref="F318" r:id="rId318"/>
+    <hyperlink ref="F319" r:id="rId319"/>
+    <hyperlink ref="F320" r:id="rId320"/>
+    <hyperlink ref="F321" r:id="rId321"/>
+    <hyperlink ref="F322" r:id="rId322"/>
+    <hyperlink ref="F323" r:id="rId323"/>
+    <hyperlink ref="F324" r:id="rId324"/>
+    <hyperlink ref="F325" r:id="rId325"/>
+    <hyperlink ref="F326" r:id="rId326"/>
+    <hyperlink ref="F327" r:id="rId327"/>
+    <hyperlink ref="F328" r:id="rId328"/>
+    <hyperlink ref="F329" r:id="rId329"/>
+    <hyperlink ref="F330" r:id="rId330"/>
+    <hyperlink ref="F331" r:id="rId331"/>
+    <hyperlink ref="F332" r:id="rId332"/>
+    <hyperlink ref="F333" r:id="rId333"/>
+    <hyperlink ref="F334" r:id="rId334"/>
+    <hyperlink ref="F335" r:id="rId335"/>
+    <hyperlink ref="F336" r:id="rId336"/>
+    <hyperlink ref="F337" r:id="rId337"/>
+    <hyperlink ref="F338" r:id="rId338"/>
+    <hyperlink ref="F339" r:id="rId339"/>
+    <hyperlink ref="F340" r:id="rId340"/>
+    <hyperlink ref="F341" r:id="rId341"/>
+    <hyperlink ref="F342" r:id="rId342"/>
+    <hyperlink ref="F343" r:id="rId343"/>
+    <hyperlink ref="F344" r:id="rId344"/>
+    <hyperlink ref="F345" r:id="rId345"/>
+    <hyperlink ref="F346" r:id="rId346"/>
+    <hyperlink ref="F347" r:id="rId347"/>
+    <hyperlink ref="F348" r:id="rId348"/>
+    <hyperlink ref="F349" r:id="rId349"/>
+    <hyperlink ref="F350" r:id="rId350"/>
+    <hyperlink ref="F351" r:id="rId351"/>
+    <hyperlink ref="F352" r:id="rId352"/>
+    <hyperlink ref="F353" r:id="rId353"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>