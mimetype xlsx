--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -5,354 +5,780 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>00126</t>
+  </si>
+  <si>
+    <t>HINES BILL</t>
+  </si>
+  <si>
+    <t>INDIAN LAKE S D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8973 T R 285  LOT 21</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>00439</t>
+  </si>
+  <si>
+    <t>MURRAY LUKE</t>
+  </si>
+  <si>
+    <t>246 ORCHARD ISLAND RD LOT 59</t>
+  </si>
+  <si>
+    <t>00452</t>
+  </si>
+  <si>
+    <t>JONES BRADLEY W</t>
+  </si>
+  <si>
+    <t>246 ORCHARD ISLAND RD LOT 76</t>
+  </si>
+  <si>
     <t>00713</t>
   </si>
   <si>
     <t>COCHRAN GREGORY ETAL &amp; PATRICIA M</t>
   </si>
   <si>
-    <t>INDIAN LAKE S D</t>
-[...1 lines deleted...]
-  <si>
     <t>FANTASY IS LOT 21</t>
   </si>
   <si>
-    <t>View</t>
+    <t>00924</t>
+  </si>
+  <si>
+    <t>LESTER JENNIE &amp; LARRY M</t>
+  </si>
+  <si>
+    <t>285 ORCHARD ISLAND RD LOT 27</t>
+  </si>
+  <si>
+    <t>01006</t>
+  </si>
+  <si>
+    <t>UHL DAVID &amp; GINA</t>
+  </si>
+  <si>
+    <t>246 ORCHARD ISLAND RD LOT 19</t>
   </si>
   <si>
     <t>01104</t>
   </si>
   <si>
     <t>MCWHORTER GERARD D</t>
   </si>
   <si>
     <t>FANTASY IS LOT 71</t>
   </si>
   <si>
+    <t>01168</t>
+  </si>
+  <si>
+    <t>MULQUIN-JOHNSON REBECCA WROS &amp; SARAG A PETERSON</t>
+  </si>
+  <si>
+    <t>FANTASY IS LOT 31</t>
+  </si>
+  <si>
+    <t>01393</t>
+  </si>
+  <si>
+    <t>GEYER DOUGLAS W WROS</t>
+  </si>
+  <si>
+    <t>285 ORCHARD ISLAND RD LOT 10</t>
+  </si>
+  <si>
     <t>01949</t>
   </si>
   <si>
     <t>MCCULLOUGH RONALD J</t>
   </si>
   <si>
     <t>246 ORCHARD ISLAND RD LOT 35</t>
   </si>
   <si>
     <t>02136</t>
   </si>
   <si>
     <t>SPEICHER DAVID F III</t>
   </si>
   <si>
     <t>246 ORCHARD ISLAND RD LOT 67</t>
   </si>
   <si>
     <t>02191</t>
   </si>
   <si>
     <t>SUTHERLAND MARCIA A</t>
   </si>
   <si>
     <t>FANTASY IS LOT 33</t>
   </si>
   <si>
+    <t>02580</t>
+  </si>
+  <si>
+    <t>HINES CHARLES &amp; JUDITH</t>
+  </si>
+  <si>
+    <t>8973 T R 285</t>
+  </si>
+  <si>
+    <t>52-032-05-02-008-001</t>
+  </si>
+  <si>
+    <t>TEETS LESLIE A TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-03-006-000</t>
+  </si>
+  <si>
+    <t>MORGAN ANDREW F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">420 WESTVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-03-007-000</t>
+  </si>
+  <si>
+    <t>MORGAN ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">416 WESTVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-03-008-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">412 WESTVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-08-005-000</t>
+  </si>
+  <si>
+    <t>LAZENBY JOHN E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">348 WESTVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-10-007-000</t>
+  </si>
+  <si>
+    <t>ARMSTRONG VERONICA D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">345 MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-11-004-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W MAIN ST  
+</t>
+  </si>
+  <si>
     <t>52-032-05-11-006-000</t>
   </si>
   <si>
     <t>FRISKY SCOTT A</t>
   </si>
   <si>
-    <t xml:space="preserve">W MAIN ST  
+    <t>52-032-05-11-014-000</t>
+  </si>
+  <si>
+    <t>VOGEL JEFFRY ETUX &amp; ANNE</t>
+  </si>
+  <si>
+    <t>52-032-05-12-034-000</t>
+  </si>
+  <si>
+    <t>WELLS ROGER D ETAL &amp; ROBIN R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">268 E WILGUS DR  
+</t>
+  </si>
+  <si>
+    <t>52-032-05-14-029-000</t>
+  </si>
+  <si>
+    <t>BAKER KARLA K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212 W MAIN ST  
 </t>
   </si>
   <si>
     <t>52-032-09-01-012-000</t>
   </si>
   <si>
     <t>EMRICK AMBER</t>
   </si>
   <si>
     <t xml:space="preserve">155 BRISTOL CIR  
 </t>
   </si>
   <si>
     <t>52-032-09-01-013-000</t>
   </si>
   <si>
     <t xml:space="preserve">159 BRISTOL CIR  
 </t>
   </si>
   <si>
     <t>52-032-09-02-003-000</t>
   </si>
   <si>
     <t>PALMER ROBERT</t>
   </si>
   <si>
     <t xml:space="preserve">138 SUNNYSIDE  
 </t>
   </si>
   <si>
     <t>52-032-09-02-003-002</t>
   </si>
   <si>
     <t xml:space="preserve">SUNNYSIDE  
 </t>
   </si>
   <si>
+    <t>52-032-09-03-001-000</t>
+  </si>
+  <si>
+    <t>KIRKPATRICK RICHARD L ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160 BRISTOL CIR  
+</t>
+  </si>
+  <si>
     <t>52-032-09-03-002-000</t>
   </si>
   <si>
     <t>LITTON BRYAN</t>
   </si>
   <si>
     <t xml:space="preserve">156 BRISTOL CIR  
 </t>
   </si>
   <si>
     <t>52-032-09-04-007-000</t>
   </si>
   <si>
     <t>KIDWELL CURTIS ALLEN</t>
   </si>
   <si>
     <t xml:space="preserve">169 W MAIN ST  
 </t>
   </si>
   <si>
+    <t>52-032-09-08-012-000</t>
+  </si>
+  <si>
+    <t>HARRIS AMY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">134 CHASE AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-09-12-008-000</t>
+  </si>
+  <si>
+    <t>STIDAM JAMIE A II ETAL &amp; KATHERINE F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">221 GRAND AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-09-12-012-000</t>
+  </si>
+  <si>
+    <t>HAWLEY STACIE L ETUX &amp; JAMES M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">245 GRAND AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-09-12-013-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAND AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-09-12-018-000</t>
+  </si>
+  <si>
+    <t>STRUBLE ANDREA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">242 PARK AVE  
+</t>
+  </si>
+  <si>
     <t>52-032-09-12-022-000</t>
   </si>
   <si>
     <t>BALONIER RONALD EUGENE JR</t>
   </si>
   <si>
     <t xml:space="preserve">FAIRVIEW AVE  
 </t>
   </si>
   <si>
+    <t>52-032-09-13-003-000</t>
+  </si>
+  <si>
+    <t>HUNSICKER RICHARD ETAL &amp; RICHY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">218 FAIRVIEW AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-09-15-001-000</t>
+  </si>
+  <si>
+    <t>LOSEY NANCY ANN ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">104 MORSE ST  
+</t>
+  </si>
+  <si>
     <t>52-032-09-15-018-000</t>
   </si>
   <si>
     <t>CRUCE DENNIS</t>
   </si>
   <si>
     <t xml:space="preserve">118 HOLLY LN  
 </t>
   </si>
   <si>
+    <t>52-032-09-18-013-000</t>
+  </si>
+  <si>
+    <t>FRANCIS PAT ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">354 TAYLOR AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-10-03-001-505</t>
+  </si>
+  <si>
+    <t>KIMBALL ALEXANDER D CO-TRUSTEE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212 WARREN AVE  
+</t>
+  </si>
+  <si>
     <t>52-032-10-03-020-000</t>
   </si>
   <si>
     <t>BEXLEY BUNGALOWS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">147 BURKHART AVE  
 </t>
   </si>
   <si>
     <t>52-032-10-03-021-000</t>
   </si>
   <si>
     <t xml:space="preserve">153 BURKHART AVE  
 </t>
   </si>
   <si>
+    <t>52-032-10-04-013-000</t>
+  </si>
+  <si>
+    <t>SEEGER KYLE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">154 BURKHART AVE  
+</t>
+  </si>
+  <si>
     <t>52-032-10-06-001-003</t>
   </si>
   <si>
     <t>RUSSELLS POINT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">432 MAIN ST  
 </t>
   </si>
   <si>
+    <t>52-032-10-06-001-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">440 E MAIN ST  
+</t>
+  </si>
+  <si>
     <t>52-032-13-01-010-000</t>
   </si>
   <si>
     <t>JOHNSON ROBERT G JR</t>
   </si>
   <si>
     <t xml:space="preserve">LAKE AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-01-011-000</t>
   </si>
   <si>
     <t>BROOKS STEVEN</t>
   </si>
   <si>
+    <t>52-032-13-02-005-000</t>
+  </si>
+  <si>
+    <t>CAPITAL RESIDENTIAL EQUITIES LLC</t>
+  </si>
+  <si>
+    <t>52-032-13-03-001-000</t>
+  </si>
+  <si>
+    <t>ALLEN NINA R ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102 ELLIOT RD  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-03-001-001</t>
+  </si>
+  <si>
+    <t>52-032-13-03-009-000</t>
+  </si>
+  <si>
+    <t>SHANER JAMES R ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">430 MIAMI AVE  
+</t>
+  </si>
+  <si>
     <t>52-032-13-03-012-000</t>
   </si>
   <si>
     <t>PATTERSON RIC D ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">406 MIAMI AVE  
 </t>
   </si>
   <si>
+    <t>52-032-13-05-005-000</t>
+  </si>
+  <si>
+    <t>PUGSLEY DANIEL M ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">449 CENTER ST  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-05-006-000</t>
+  </si>
+  <si>
+    <t>52-032-13-05-007-003</t>
+  </si>
+  <si>
     <t>52-032-13-06-015-000</t>
   </si>
   <si>
     <t>MASTERS NICHOLAS</t>
   </si>
   <si>
     <t xml:space="preserve">410 BUCKEYE AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-06-015-001</t>
   </si>
   <si>
     <t xml:space="preserve">BUCKEYE AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-10-001-000</t>
   </si>
   <si>
     <t>LOGAN COUNTY BOARD OF COMMISSIONERS</t>
   </si>
   <si>
     <t xml:space="preserve">502 FAIRVIEW AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-10-001-001</t>
   </si>
   <si>
     <t>52-032-13-10-001-002</t>
   </si>
   <si>
+    <t>52-032-13-11-006-000</t>
+  </si>
+  <si>
+    <t>STEMEN LARRY JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">531 HIGH AVE  
+</t>
+  </si>
+  <si>
     <t>52-032-13-14-001-000</t>
   </si>
   <si>
     <t>MINK EVELYN D</t>
   </si>
   <si>
-    <t xml:space="preserve">GRAND AVE  
+    <t>52-032-13-15-001-000</t>
+  </si>
+  <si>
+    <t>SHADE DALE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">502 GRAND AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-15-002-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">522 GRAND AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-15-003-000</t>
   </si>
   <si>
     <t>BLACKBURN TOMMIE</t>
   </si>
   <si>
     <t xml:space="preserve">526 GRAND AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-15-004-000</t>
   </si>
   <si>
     <t xml:space="preserve">542 GRAND AVE  
 </t>
   </si>
   <si>
+    <t>52-032-13-16-005-000</t>
+  </si>
+  <si>
+    <t>SLOAS KEVIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">634 LAKE AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-16-006-000</t>
+  </si>
+  <si>
+    <t>SLOAS KEVIN L ETAL &amp; TAMMY L</t>
+  </si>
+  <si>
     <t>52-032-13-20-007-000</t>
   </si>
   <si>
     <t>WELLNITZ ROBERT G</t>
   </si>
   <si>
     <t xml:space="preserve">636 HIGH AVE  
 </t>
   </si>
   <si>
+    <t>52-032-13-21-001-001</t>
+  </si>
+  <si>
+    <t>REID STEPHEN T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIGH AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-21-001-002</t>
+  </si>
+  <si>
+    <t>52-032-13-24-003-000</t>
+  </si>
+  <si>
+    <t>PITTS HARLIS R ETAL &amp; DONNA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">713 HIGH AVE  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-24-004-000</t>
+  </si>
+  <si>
+    <t>52-032-13-24-005-000</t>
+  </si>
+  <si>
+    <t>PITTS HARLIS R ETAL &amp; DONNA S &amp; KELLY N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">736 S R 708  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-24-006-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">724 S R 708  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-24-007-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 708  
+</t>
+  </si>
+  <si>
+    <t>52-032-13-26-006-000</t>
+  </si>
+  <si>
+    <t>COYER RALPH LEROY ETUX &amp; THERESA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">721 MIAMI AVE  
+</t>
+  </si>
+  <si>
     <t>52-032-13-29-001-000</t>
   </si>
   <si>
     <t>VARNEY JOSETTE T</t>
   </si>
   <si>
     <t xml:space="preserve">806 GRAND AVE  
 </t>
   </si>
   <si>
     <t>52-032-13-29-002-003</t>
   </si>
   <si>
     <t>KINDLE JOSETTE T</t>
   </si>
   <si>
     <t>52-032-13-29-002-004</t>
   </si>
   <si>
     <t>52-032-13-29-002-005</t>
   </si>
   <si>
     <t>52-032-13-29-002-006</t>
   </si>
   <si>
     <t>52-032-13-29-002-007</t>
+  </si>
+  <si>
+    <t>52-032-13-33-005-000</t>
+  </si>
+  <si>
+    <t>POLLEY ANNA MARIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">920 S R 708  
+</t>
   </si>
   <si>
     <t>52-032-14-04-006-000</t>
   </si>
   <si>
     <t>SMITH JUNE A</t>
   </si>
   <si>
     <t xml:space="preserve">LINCOLN BLVD  
 </t>
   </si>
   <si>
     <t>52-032-14-04-007-000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
@@ -378,864 +804,1935 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F38" headerRowCount="1">
-  <autoFilter ref="A1:F38"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F89" headerRowCount="1">
+  <autoFilter ref="A1:F89"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33408&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32253&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32619&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=32975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=33408&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F38"/>
+  <dimension ref="A1:F89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
-    <col min="2" max="2" width="41.318382263183594" customWidth="1"/>
+    <col min="2" max="2" width="54.10055923461914" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="30.465707778930664" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>133.85</v>
+        <v>155.94</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>206.61</v>
+        <v>53.04</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>31.54</v>
+        <v>130.76</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1076.04</v>
+        <v>195.2</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>269.53</v>
+        <v>0.16</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>793.02</v>
+        <v>0.35</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>827.76</v>
+        <v>247.7</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D9" s="2" t="s">
-        <v>30</v>
+      <c r="D9" s="0" t="s">
+        <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>2090.81</v>
+        <v>2.87</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="2" t="s">
-        <v>33</v>
+      <c r="D10" s="0" t="s">
+        <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>502</v>
+        <v>1141.39</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D11" s="2" t="s">
-        <v>35</v>
+      <c r="D11" s="0" t="s">
+        <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>65.23</v>
+        <v>64.72</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D12" s="2" t="s">
-        <v>38</v>
+      <c r="D12" s="0" t="s">
+        <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>186.01</v>
+        <v>1167.43</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="2" t="s">
-        <v>41</v>
+      <c r="D13" s="0" t="s">
+        <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>30.31</v>
+        <v>344.78</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D14" s="2" t="s">
-        <v>44</v>
+      <c r="D14" s="0" t="s">
+        <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>986.83</v>
+        <v>372.68</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>482.93</v>
+        <v>97.29</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>96.99</v>
+        <v>1978.8</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>24.05</v>
+        <v>198.53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E18" s="3">
-        <v>208.85</v>
+        <v>1888.4</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E19" s="3">
-        <v>0.98</v>
+        <v>628.6</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E20" s="3">
-        <v>4818.85</v>
+        <v>1152.93</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E21" s="3">
-        <v>110.66</v>
+        <v>85.37</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>652.96</v>
+        <v>998.54</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="3">
-        <v>170.17</v>
+        <v>161.47</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E24" s="3">
-        <v>1846.07</v>
+        <v>605.55</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E25" s="3">
-        <v>1063.11</v>
+        <v>326.42</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E26" s="3">
-        <v>836.33</v>
+        <v>827.76</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E27" s="3">
-        <v>7879.13</v>
+        <v>3318.86</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E28" s="3">
-        <v>943.56</v>
+        <v>1530.24</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E29" s="3">
-        <v>125.49</v>
+        <v>198.49</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E30" s="3">
-        <v>22290.85</v>
+        <v>967.37</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E31" s="3">
-        <v>1457.69</v>
+        <v>983.36</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E32" s="3">
-        <v>653.76</v>
+        <v>1272.1</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="E33" s="3">
-        <v>69.34</v>
+        <v>1114.92</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="E34" s="3">
-        <v>13.95</v>
+        <v>2292.43</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="E35" s="3">
-        <v>13.95</v>
+        <v>576.66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="E36" s="3">
-        <v>13.95</v>
+        <v>42.52</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E37" s="3">
-        <v>14318.21</v>
+        <v>660.16</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="E38" s="3">
-        <v>14311.15</v>
+        <v>1084.34</v>
       </c>
       <c r="F38" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E39" s="3">
+        <v>796.72</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" s="3">
+        <v>415.53</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E41" s="3">
+        <v>1440.99</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E42" s="3">
+        <v>993.19</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" s="3">
+        <v>2777.79</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E44" s="3">
+        <v>2059.55</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E45" s="3">
+        <v>262.3</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E46" s="3">
+        <v>405.22</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="E47" s="3">
+        <v>6232.02</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="E48" s="3">
+        <v>411.49</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E49" s="3">
+        <v>221.71</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E50" s="3">
+        <v>4932.7</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E51" s="3">
+        <v>58.35</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E52" s="3">
+        <v>1277.91</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E53" s="3">
+        <v>154.74</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E54" s="3">
+        <v>388.53</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="E55" s="3">
+        <v>1154.72</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E56" s="3">
+        <v>1014.32</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E57" s="3">
+        <v>278.9</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E58" s="3">
+        <v>96.07</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="E59" s="3">
+        <v>1439.83</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E60" s="3">
+        <v>335.89</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="E61" s="3">
+        <v>2219.55</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E62" s="3">
+        <v>1237.54</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E63" s="3">
+        <v>973.82</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="E64" s="3">
+        <v>64.58</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E65" s="3">
+        <v>7937.48</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E66" s="3">
+        <v>2190.22</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E67" s="3">
+        <v>425.78</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="E68" s="3">
+        <v>2927.2</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E69" s="3">
+        <v>1740.8</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E70" s="3">
+        <v>871.15</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E71" s="3">
+        <v>223.56</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E72" s="3">
+        <v>23161.96</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E73" s="3">
+        <v>84.09</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E74" s="3">
+        <v>73.67</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E75" s="3">
+        <v>148.91</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E76" s="3">
+        <v>328.8</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="E77" s="3">
+        <v>640.13</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E78" s="3">
+        <v>1655.05</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="E79" s="3">
+        <v>141.99</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="E80" s="3">
+        <v>259.81</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="E81" s="3">
+        <v>1674.42</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="E82" s="3">
+        <v>1993.27</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="E83" s="3">
+        <v>211.33</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E84" s="3">
+        <v>42.45</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E85" s="3">
+        <v>42.45</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E86" s="3">
+        <v>42.45</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E87" s="3">
+        <v>1264.95</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E88" s="3">
+        <v>14771.81</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E89" s="3">
+        <v>14764.75</v>
+      </c>
+      <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
+    <hyperlink ref="F40" r:id="rId40"/>
+    <hyperlink ref="F41" r:id="rId41"/>
+    <hyperlink ref="F42" r:id="rId42"/>
+    <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
+    <hyperlink ref="F84" r:id="rId84"/>
+    <hyperlink ref="F85" r:id="rId85"/>
+    <hyperlink ref="F86" r:id="rId86"/>
+    <hyperlink ref="F87" r:id="rId87"/>
+    <hyperlink ref="F88" r:id="rId88"/>
+    <hyperlink ref="F89" r:id="rId89"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>