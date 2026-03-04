--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -5,142 +5,250 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>01918</t>
   </si>
   <si>
     <t>GREENPOINT CREDIT LLC</t>
   </si>
   <si>
     <t>BENJAMIN LOGAN S D</t>
   </si>
   <si>
     <t>4000 ALPINE PKWY LOT Q-2</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>28-122-00-00-022-001</t>
+  </si>
+  <si>
+    <t>SAVAGE PAUL H ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5234 T R 55  
+BELLEFONTAINE OH 43311</t>
+  </si>
+  <si>
     <t>28-124-00-00-018-001</t>
   </si>
   <si>
     <t>LOCKWOOD KRISTEN MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">C R 28  
 </t>
   </si>
   <si>
+    <t>28-124-00-00-020-002</t>
+  </si>
+  <si>
+    <t>STAHL JOHN C TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4706 C R 28  
+</t>
+  </si>
+  <si>
+    <t>28-124-15-01-005-000</t>
+  </si>
+  <si>
+    <t>KUHN ANTHONY A ETUX &amp; SHANNON E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6271 C R 29  
+</t>
+  </si>
+  <si>
     <t>28-136-00-00-021-001</t>
   </si>
   <si>
     <t>FELVER LOGAN</t>
   </si>
   <si>
     <t xml:space="preserve">T R 30  
 </t>
   </si>
   <si>
     <t>28-137-00-00-025-002</t>
   </si>
   <si>
     <t>FITZPATRICK WILLIAM J ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">7282 C R 47  
 </t>
   </si>
   <si>
     <t>28-138-00-00-002-001</t>
   </si>
   <si>
     <t>HORSLEY DWAYNE ALLEN</t>
   </si>
   <si>
     <t xml:space="preserve">C R 47  
 </t>
   </si>
   <si>
+    <t>28-139-00-00-016-001</t>
+  </si>
+  <si>
+    <t>PIATT JEROMY D ETAL &amp; ROBIN R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6596 T R 163  
+</t>
+  </si>
+  <si>
+    <t>28-139-00-00-016-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T R 163  
+</t>
+  </si>
+  <si>
     <t>31-124-09-01-015-000</t>
   </si>
   <si>
     <t>LEE SOOJIN</t>
   </si>
   <si>
     <t xml:space="preserve">EAGLENEST RD  
 </t>
   </si>
   <si>
+    <t>31-124-09-03-005-000</t>
+  </si>
+  <si>
+    <t>MAD RIVER DEVELOPMENT COMPANY, INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUGAR BUSH WAY  
+</t>
+  </si>
+  <si>
     <t>31-124-10-01-005-000</t>
   </si>
   <si>
     <t>MCNABB RONALD B</t>
   </si>
   <si>
-    <t xml:space="preserve">SUGAR BUSH WAY  
+    <t>31-124-10-05-003-000</t>
+  </si>
+  <si>
+    <t>WAHLRAB CHRIS ETAL &amp; STACY</t>
+  </si>
+  <si>
+    <t>31-124-10-06-051-000</t>
+  </si>
+  <si>
+    <t>SUMMERS TIFFANY</t>
+  </si>
+  <si>
+    <t>29-147-00-00-016-002</t>
+  </si>
+  <si>
+    <t>HOLLOWAY ALLISON</t>
+  </si>
+  <si>
+    <t>TRIAD S D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8455 T R 169  
+</t>
+  </si>
+  <si>
+    <t>30-146-00-00-014-001</t>
+  </si>
+  <si>
+    <t>KING ESTHER R ETVIR &amp; SCOTT M</t>
+  </si>
+  <si>
+    <t>WEST LIBERTY SALEM S D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 245  
+</t>
+  </si>
+  <si>
+    <t>30-146-00-00-016-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2615 E S R 245  
+</t>
+  </si>
+  <si>
+    <t>30-146-06-03-002-001</t>
+  </si>
+  <si>
+    <t>SMITHARMSTRONG DRUSIE E ETAL &amp; THOMAS A MORRIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 287  
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -154,234 +262,486 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F8" headerRowCount="1">
-  <autoFilter ref="A1:F8"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F20" headerRowCount="1">
+  <autoFilter ref="A1:F20"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16449&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=15809&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=39854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=16369&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F8"/>
+  <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
-    <col min="2" max="2" width="28.524951934814453" customWidth="1"/>
-    <col min="3" max="3" width="20.877538681030273" customWidth="1"/>
+    <col min="2" max="2" width="51.8426513671875" customWidth="1"/>
+    <col min="3" max="3" width="23.70119857788086" customWidth="1"/>
     <col min="4" max="4" width="25.804622650146484" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>6062.82</v>
+        <v>6381.66</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>47.58</v>
+        <v>80.99</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>61.8</v>
+        <v>75.63</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>393.54</v>
+        <v>11.52</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>243.86</v>
+        <v>275.52</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>194.25</v>
+        <v>80.59</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>17.75</v>
+        <v>757.35</v>
       </c>
       <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" s="3">
+        <v>460.84</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="3">
+        <v>3405.21</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" s="3">
+        <v>165.97</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" s="3">
+        <v>378.62</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="3">
+        <v>14.37</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" s="3">
+        <v>34.16</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="3">
+        <v>54.93</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" s="3">
+        <v>205.17</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" s="3">
+        <v>125.6</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" s="3">
+        <v>16.43</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" s="3">
+        <v>202.91</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
+    <hyperlink ref="F9" r:id="rId9"/>
+    <hyperlink ref="F10" r:id="rId10"/>
+    <hyperlink ref="F11" r:id="rId11"/>
+    <hyperlink ref="F12" r:id="rId12"/>
+    <hyperlink ref="F13" r:id="rId13"/>
+    <hyperlink ref="F14" r:id="rId14"/>
+    <hyperlink ref="F15" r:id="rId15"/>
+    <hyperlink ref="F16" r:id="rId16"/>
+    <hyperlink ref="F17" r:id="rId17"/>
+    <hyperlink ref="F18" r:id="rId18"/>
+    <hyperlink ref="F19" r:id="rId19"/>
+    <hyperlink ref="F20" r:id="rId20"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>