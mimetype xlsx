--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -5,985 +5,2088 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="613" uniqueCount="613">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00815</t>
   </si>
   <si>
     <t>GAMMELL MARY J</t>
   </si>
   <si>
     <t>BELLEFONTAINE C S D</t>
   </si>
   <si>
     <t>1316 DETROIT ST LOT 12</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>01537</t>
+  </si>
+  <si>
+    <t>LATTIMER LEANNA</t>
+  </si>
+  <si>
+    <t>1313 CARLISLE AVE LOT B</t>
+  </si>
+  <si>
     <t>02454</t>
   </si>
   <si>
     <t>WILGUS KIMBERLY</t>
   </si>
   <si>
     <t>1000 GARFIELD AVE LOT 84</t>
   </si>
   <si>
+    <t>02705</t>
+  </si>
+  <si>
+    <t>COOK BRIANNA</t>
+  </si>
+  <si>
+    <t>1000 GARFIELD AVE LOT 62</t>
+  </si>
+  <si>
     <t>02791</t>
   </si>
   <si>
     <t>ROARK TONYA L</t>
   </si>
   <si>
     <t>1000 GARFIELD AVE LOT 66</t>
   </si>
   <si>
+    <t>02893</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1313 CARLISLE  TRLR C</t>
+  </si>
+  <si>
+    <t>02967</t>
+  </si>
+  <si>
+    <t>LARGE CHARMIN WROS &amp; MICHAEL</t>
+  </si>
+  <si>
+    <t>1000 GARFIELD AVE LOT 90</t>
+  </si>
+  <si>
     <t>03019</t>
   </si>
   <si>
     <t>REAMES STEVEN</t>
   </si>
   <si>
     <t>1000 GARFIELD AVE LOT 70</t>
   </si>
   <si>
+    <t>03503</t>
+  </si>
+  <si>
+    <t>KAUFFMAN CINDY</t>
+  </si>
+  <si>
+    <t>1316 S DETROIT ST LOT 13</t>
+  </si>
+  <si>
     <t>15-077-00-00-026-000</t>
   </si>
   <si>
     <t>CHILES KITTY MARIE TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">491 T R 217  
 </t>
   </si>
   <si>
+    <t>15-078-00-00-026-000</t>
+  </si>
+  <si>
+    <t>TOKIO INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1545 N U S 68  
+</t>
+  </si>
+  <si>
+    <t>15-078-00-00-027-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U S 68  
+</t>
+  </si>
+  <si>
+    <t>15-078-00-00-027-001</t>
+  </si>
+  <si>
+    <t>15-092-00-00-038-027</t>
+  </si>
+  <si>
+    <t>DEAN RYAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1197 T R 185  
+</t>
+  </si>
+  <si>
+    <t>15-106-00-00-035-000</t>
+  </si>
+  <si>
+    <t>HARMAN FLOYD JEFFREY ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2043 C R 18  
+</t>
+  </si>
+  <si>
+    <t>15-106-00-00-036-006</t>
+  </si>
+  <si>
+    <t>HARMAN FLOYD JEFFREY ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C R 18  
+</t>
+  </si>
+  <si>
+    <t>17-077-00-00-021-001</t>
+  </si>
+  <si>
+    <t>HI-POINT GRAPHICS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 HUNTER PL  
+</t>
+  </si>
+  <si>
+    <t>17-077-19-01-002-002</t>
+  </si>
+  <si>
+    <t>STEMEN RUSSELL L ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">532 CHARLES  
+</t>
+  </si>
+  <si>
+    <t>17-077-19-01-005-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARLES ST  
+</t>
+  </si>
+  <si>
+    <t>17-077-19-05-001-000</t>
+  </si>
+  <si>
+    <t>ADAMS NEIL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">932 EUCLID ST  
+</t>
+  </si>
+  <si>
+    <t>17-077-20-04-011-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1053 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-077-20-05-003-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1044 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-077-20-05-005-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1036 N MAIN ST  
+</t>
+  </si>
+  <si>
     <t>17-078-00-00-106-044</t>
   </si>
   <si>
     <t>CHRISTEN DAMON T ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">804 LOST CREEK DR  
 </t>
   </si>
   <si>
+    <t>17-078-17-01-005-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1106 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-078-17-01-007-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105 DOWELL AVE  
+</t>
+  </si>
+  <si>
+    <t>17-078-17-01-008-000</t>
+  </si>
+  <si>
+    <t>17-078-17-01-010-000</t>
+  </si>
+  <si>
+    <t>R L R INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125 DOWELL AVE  
+</t>
+  </si>
+  <si>
     <t>17-078-17-03-018-000</t>
   </si>
   <si>
     <t>DOWNING JOY</t>
   </si>
   <si>
     <t xml:space="preserve">1125 PARK RD  
 </t>
   </si>
   <si>
     <t>17-091-07-01-002-000</t>
   </si>
   <si>
     <t>BALDAUF CHAD MICHAEL ETAL &amp; RACHEL MICHELE BROWN</t>
   </si>
   <si>
     <t xml:space="preserve">812 MYRTLE AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-03-001-001</t>
   </si>
   <si>
     <t>REED KEVIN M</t>
   </si>
   <si>
     <t xml:space="preserve">916 OHIO ST  
 </t>
   </si>
   <si>
     <t>17-091-07-06-006-000</t>
   </si>
   <si>
     <t>BROWN ELIZABETH JANE ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">608 FLORENCE AVE  
 </t>
   </si>
   <si>
+    <t>17-091-07-07-005-001</t>
+  </si>
+  <si>
+    <t>HARRIGAN JILLAINE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 FLORENCE AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-07-10-006-000</t>
+  </si>
+  <si>
+    <t>MOORE CHARLENE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALBERT ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-07-10-008-000</t>
+  </si>
+  <si>
+    <t>FULMER JR STEVEN A ETAL &amp; KELLEY FULMER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">621 ALBERT  
+</t>
+  </si>
+  <si>
     <t>17-091-07-12-001-000</t>
   </si>
   <si>
-    <t>ADAMS NEIL</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CLAY AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-12-002-000</t>
   </si>
   <si>
     <t>HORSLEY SHEANNA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">628 COOK AVE  
 </t>
   </si>
   <si>
+    <t>17-091-07-12-003-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COOK AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-07-12-004-000</t>
   </si>
   <si>
-    <t xml:space="preserve">COOK AVE  
-[...2 lines deleted...]
-  <si>
     <t>17-091-07-12-005-000</t>
   </si>
   <si>
     <t xml:space="preserve">EUCLID AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-12-006-000</t>
   </si>
   <si>
     <t xml:space="preserve">705 EUCLID AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-12-007-000</t>
   </si>
   <si>
     <t>17-091-07-12-008-000</t>
   </si>
   <si>
     <t>SHIELDS BRENDA</t>
   </si>
   <si>
     <t xml:space="preserve">717 EUCLID AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-12-009-000</t>
   </si>
   <si>
+    <t>17-091-07-13-009-000</t>
+  </si>
+  <si>
+    <t>S&amp;K AUTOMOTIVE DEALER SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">720 EUCLID ST  
+</t>
+  </si>
+  <si>
     <t>17-091-07-14-007-000</t>
   </si>
   <si>
     <t>CANE CARL LEE</t>
   </si>
   <si>
     <t xml:space="preserve">JAY AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-14-008-000</t>
   </si>
   <si>
     <t xml:space="preserve">610 JAY AVE  
 </t>
   </si>
   <si>
+    <t>17-091-07-14-009-000</t>
+  </si>
+  <si>
+    <t>CANE CARL L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">608 JAY AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-07-14-011-000</t>
   </si>
   <si>
     <t>MILLER ROSE C</t>
   </si>
   <si>
     <t>17-091-07-14-012-000</t>
   </si>
   <si>
     <t>17-091-07-15-011-000</t>
   </si>
   <si>
     <t>TRUSTEES OF CHURCH OF GOD IN CHRIST</t>
   </si>
   <si>
     <t xml:space="preserve">LAWRENCE ST  
 </t>
   </si>
   <si>
     <t>17-091-07-15-013-000</t>
   </si>
   <si>
     <t>BROWN TROY</t>
   </si>
   <si>
     <t xml:space="preserve">609 W JAY AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-15-015-000</t>
   </si>
   <si>
-    <t>CANE CARL L</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">629 W JAY AVE  
 </t>
   </si>
   <si>
     <t>17-091-07-16-010-000</t>
   </si>
   <si>
     <t>BREASTON ALFONSO ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">505 WALKER ST  
 </t>
   </si>
   <si>
+    <t>17-091-07-16-013-000</t>
+  </si>
+  <si>
+    <t>DOLAN TEANDA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">515 N WALKER ST  
+</t>
+  </si>
+  <si>
     <t>17-091-07-17-002-001</t>
   </si>
   <si>
     <t>WILCOXON GARY LYNN</t>
   </si>
   <si>
     <t xml:space="preserve">508 WALKER ST  
 </t>
   </si>
   <si>
     <t>17-091-07-17-008-000</t>
   </si>
   <si>
     <t>COLEMAN EDDIE C JR ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">408 N WALKER ST  
 </t>
   </si>
   <si>
     <t>17-091-07-17-008-001</t>
   </si>
   <si>
     <t xml:space="preserve">WALKER ST  
 </t>
   </si>
   <si>
     <t>17-091-07-18-016-000</t>
   </si>
   <si>
     <t>CORRAL ROGER</t>
   </si>
   <si>
     <t xml:space="preserve">429 WALKER ST  
 </t>
   </si>
   <si>
     <t>17-091-07-20-010-000</t>
   </si>
   <si>
     <t>FULMER PAUL J ETUX &amp; MINDY M</t>
   </si>
   <si>
     <t xml:space="preserve">717 W WILLIAMS AVE  
 </t>
   </si>
   <si>
+    <t>17-091-08-07-020-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">729 RUSH AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-08-013-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">721 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-12-002-000</t>
+  </si>
+  <si>
+    <t>ILSE CORIENE S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">636 HENRY ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-12-003-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENRY ST  
+</t>
+  </si>
+  <si>
     <t>17-091-08-12-005-000</t>
   </si>
   <si>
     <t>EVANS JAMES ARTHUR ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">624 HENRY ST  
 </t>
   </si>
   <si>
     <t>17-091-08-12-006-000</t>
   </si>
   <si>
     <t>HILL KAYTONYA L</t>
   </si>
   <si>
     <t xml:space="preserve">620 HENRY ST  
 </t>
   </si>
   <si>
     <t>17-091-08-13-019-000</t>
   </si>
   <si>
     <t>BRITTON HAROLD DANE</t>
   </si>
   <si>
     <t xml:space="preserve">110 W POWELL AVE  
 </t>
   </si>
   <si>
+    <t>17-091-08-17-005-000</t>
+  </si>
+  <si>
+    <t>HENAULT ALLIE C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADRIVER ST  
+</t>
+  </si>
+  <si>
     <t>17-091-08-17-009-000</t>
   </si>
   <si>
     <t>PENA ORLANDO GONZALEZ ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">N MADRIVER ST  
 </t>
   </si>
   <si>
+    <t>17-091-08-17-011-000</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ JULIO C &amp; TOKIO INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">536 N MADRIVER ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-18-012-000</t>
+  </si>
+  <si>
+    <t>ORCHARD CAPITAL LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 N MAIN ST  
+</t>
+  </si>
+  <si>
     <t>17-091-08-18-025-000</t>
   </si>
   <si>
     <t>WIECHART INVESTMENT PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">529 N MADRIVER ST  
 </t>
   </si>
   <si>
+    <t>17-091-08-19-015-000</t>
+  </si>
+  <si>
+    <t>BELL LISA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">501 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-19-017-000</t>
+  </si>
+  <si>
+    <t>TOKIO INVESTMENTS LLC ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">509 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-19-018-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-08-20-003-000</t>
+  </si>
+  <si>
+    <t>WILSON SARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">520 ELM ST  
+</t>
+  </si>
+  <si>
     <t>17-091-08-20-004-000</t>
   </si>
   <si>
     <t>KING LEVI J C</t>
   </si>
   <si>
     <t xml:space="preserve">512 ELM ST  
 </t>
   </si>
   <si>
+    <t>17-091-08-20-022-000</t>
+  </si>
+  <si>
+    <t>GEBOY TERRY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215 W POWELL AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-08-20-024-000</t>
   </si>
   <si>
     <t>CLARK TWYLA ETAL &amp; EDDIE &amp; TEA</t>
   </si>
   <si>
     <t xml:space="preserve">221 W POWELL AVE  
 </t>
   </si>
   <si>
     <t>17-091-08-21-007-000</t>
   </si>
   <si>
     <t>BLAIR JAMES R JR ETUX &amp; PAULA J</t>
   </si>
   <si>
     <t xml:space="preserve">525 ELM ST  
 </t>
   </si>
   <si>
+    <t>17-091-08-21-008-000</t>
+  </si>
+  <si>
+    <t>BLAIR JAMES R JR ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POWELL AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-08-22-001-000</t>
   </si>
   <si>
     <t>CRAIG RICHARD E</t>
   </si>
   <si>
     <t xml:space="preserve">KENNEDY ST  
 </t>
   </si>
   <si>
     <t>17-091-08-22-002-000</t>
   </si>
   <si>
     <t>17-091-08-22-003-000</t>
   </si>
   <si>
     <t>HATFIELD VIRGINIA</t>
   </si>
   <si>
+    <t>17-091-11-01-018-000</t>
+  </si>
+  <si>
+    <t>POWELL JAMES LEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">409 WEST ST  
+</t>
+  </si>
+  <si>
     <t>17-091-11-02-004-000</t>
   </si>
   <si>
     <t>PARMER MARION M D</t>
   </si>
   <si>
     <t xml:space="preserve">WEST ST  
 </t>
   </si>
   <si>
     <t>17-091-11-02-020-000</t>
   </si>
   <si>
     <t>PAYNE DONALD</t>
   </si>
   <si>
     <t xml:space="preserve">CLAGG ST  
 </t>
   </si>
   <si>
+    <t>17-091-11-03-002-000</t>
+  </si>
+  <si>
+    <t>DOUGLAS JIMMIE R ETAL LE &amp; REBECCA A DOUGLAS ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">404 CLAGG ST  
+</t>
+  </si>
+  <si>
     <t>17-091-11-03-004-000</t>
   </si>
   <si>
     <t>LOGAN COUNTY COMMUNITY MULTI-PURPOSE SR CENTER</t>
   </si>
   <si>
     <t xml:space="preserve">328 CLAGG ST  
 </t>
   </si>
   <si>
     <t>17-091-11-03-008-000</t>
   </si>
   <si>
     <t xml:space="preserve">308 CLAGG ST  
 </t>
   </si>
   <si>
     <t>17-091-11-03-011-000</t>
   </si>
   <si>
     <t>MEGA CITY BUILDING SOLUTIONS INC</t>
   </si>
   <si>
     <t xml:space="preserve">220 CLAGG ST  
 </t>
   </si>
   <si>
+    <t>17-091-11-03-019-000</t>
+  </si>
+  <si>
+    <t>COLE RANDY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">301 LAWRENCE ST  
+</t>
+  </si>
+  <si>
     <t>17-091-11-03-023-000</t>
   </si>
   <si>
     <t>FULKERSON CLAIR NICOLE</t>
   </si>
   <si>
     <t xml:space="preserve">325 LAWRENCE ST  
 </t>
   </si>
   <si>
+    <t>17-091-11-04-001-000</t>
+  </si>
+  <si>
+    <t>NEWELL DEREK A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">324 LAWRENCE ST  
+</t>
+  </si>
+  <si>
     <t>17-091-11-06-005-000</t>
   </si>
   <si>
     <t>STEVENSON CARL E ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">316 WALNUT ST  
 </t>
   </si>
   <si>
     <t>17-091-11-06-006-000</t>
   </si>
   <si>
     <t xml:space="preserve">WALNUT ST  
 </t>
   </si>
   <si>
+    <t>17-091-11-06-008-000</t>
+  </si>
+  <si>
+    <t>HILL MICHAEL A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">304 WALNUT ST  
+</t>
+  </si>
+  <si>
     <t>17-091-11-06-012-000</t>
   </si>
   <si>
-    <t>HILL MICHAEL A</t>
-[...1 lines deleted...]
-  <si>
     <t>17-091-11-09-005-000</t>
   </si>
   <si>
     <t>WILLS JERROLD ALAN</t>
   </si>
   <si>
     <t xml:space="preserve">400 GARFIELD AVE  
 </t>
   </si>
   <si>
+    <t>17-091-11-10-008-000</t>
+  </si>
+  <si>
+    <t>BELL MICHAEL R ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">312 GARFIELD AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-11-11-008-000</t>
+  </si>
+  <si>
+    <t>LAZENBY HOLLY D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">413 GARFIELD AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-11-11-009-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">409 GARFIELD AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-11-13-011-000</t>
   </si>
   <si>
     <t>THATCHER FRANCES</t>
   </si>
   <si>
     <t xml:space="preserve">622 W COLUMBUS AVE  
 </t>
   </si>
   <si>
     <t>17-091-11-13-019-000</t>
   </si>
   <si>
     <t>HUFFMAN CHRISTINE</t>
   </si>
   <si>
     <t xml:space="preserve">605 W SANDUSKY AVE  
 </t>
   </si>
   <si>
+    <t>17-091-11-13-023-000</t>
+  </si>
+  <si>
+    <t>LONG APRIL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">621 W SANDUSKY AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-11-15-002-000</t>
   </si>
   <si>
     <t>CALVIN DONNA C</t>
   </si>
   <si>
     <t xml:space="preserve">825 GARFIELD AVE  
 </t>
   </si>
   <si>
+    <t>17-091-11-15-008-000</t>
+  </si>
+  <si>
+    <t>JAS REAL PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">812 W SANDUSKY AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-11-16-002-000</t>
+  </si>
+  <si>
+    <t>NEEDS DAVID M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">824 W COLUMBUS AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-11-16-012-000</t>
+  </si>
+  <si>
+    <t>BALL JORDAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">801 W SANDUSKY AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-11-20-012-000</t>
   </si>
   <si>
     <t>SMITH RICHARD D</t>
   </si>
   <si>
     <t xml:space="preserve">116 CAROLINE ST  
 </t>
   </si>
   <si>
     <t>17-091-11-20-013-000</t>
   </si>
   <si>
     <t>MARTINDELL CHARLES R ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">112 CAROLINE ST  
 </t>
   </si>
   <si>
+    <t>17-091-11-21-011-000</t>
+  </si>
+  <si>
+    <t>TRI COUNTY COMMUNITY ACTION COMMISSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W CHILLICOTHE AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-11-21-018-000</t>
   </si>
   <si>
     <t>CHAMBERLAIN KENNETH R JR ETUX &amp; VALERIE S</t>
   </si>
   <si>
     <t xml:space="preserve">523 W COLUMBUS AVE  
 </t>
   </si>
   <si>
     <t>17-091-11-22-013-000</t>
   </si>
   <si>
     <t>FINCH ROBERT M</t>
   </si>
   <si>
     <t xml:space="preserve">COLUMBUS AVE  
 </t>
   </si>
   <si>
     <t>17-091-11-23-002-000</t>
   </si>
   <si>
     <t>BROWN WILLIAM E II</t>
   </si>
   <si>
     <t xml:space="preserve">441 W CHILLICOTHE AVE  
 </t>
   </si>
   <si>
     <t>17-091-11-23-010-000</t>
   </si>
   <si>
     <t>BACKUS EMMA L</t>
   </si>
   <si>
     <t xml:space="preserve">401 W CHILLICOTHE AVE  
 </t>
   </si>
   <si>
+    <t>17-091-11-24-021-000</t>
+  </si>
+  <si>
+    <t>REPROGLE ROBERT D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">204 PLUMVALLEY ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-11-25-003-000</t>
+  </si>
+  <si>
+    <t>WRIGHT ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">701 W CHILLICOTHE AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-12-03-002-000</t>
   </si>
   <si>
     <t>FOREMAN AMANDA</t>
   </si>
   <si>
     <t xml:space="preserve">428 N ELM ST  
 </t>
   </si>
   <si>
     <t>17-091-12-03-006-000</t>
   </si>
   <si>
     <t>SHOEMAKER MARY JOAN</t>
   </si>
   <si>
     <t xml:space="preserve">412 N ELM ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-03-010-000</t>
+  </si>
+  <si>
+    <t>READY SET CLOSE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 N ELM ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-05-001-000</t>
+  </si>
+  <si>
+    <t>KUBA JASON D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 N MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-06-002-000</t>
+  </si>
+  <si>
+    <t>INBOUND PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">424 MADRIVER ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-06-014-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">229 E HIGH AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-07-005-000</t>
+  </si>
+  <si>
+    <t>STEGGEMAN JOSEPH K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">312 N MADRIVER ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-10-012-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">220 W BROWN AVE  
 </t>
   </si>
   <si>
     <t>17-091-12-12-001-000</t>
   </si>
   <si>
     <t>17-091-12-12-002-000</t>
   </si>
   <si>
     <t xml:space="preserve">321 KENNEDY ST  
 BELLEFONTAINE OH 43311</t>
   </si>
   <si>
     <t>17-091-12-12-004-000</t>
   </si>
   <si>
     <t>17-091-12-15-010-000</t>
   </si>
   <si>
     <t>NEAL LEO JR</t>
   </si>
   <si>
     <t xml:space="preserve">130 W SANDUSKY AVE  
 </t>
   </si>
   <si>
+    <t>17-091-12-18-021-000</t>
+  </si>
+  <si>
+    <t>PICKERING MILES K ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212 E SANDUSKY AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-12-22-001-001</t>
   </si>
   <si>
     <t>FRALEY RANDY</t>
   </si>
   <si>
     <t xml:space="preserve">W SANDUSKY AVE  
 </t>
   </si>
   <si>
     <t>17-091-12-22-002-000</t>
   </si>
   <si>
     <t xml:space="preserve">309 W SANDUSKY AVE  
 </t>
   </si>
   <si>
     <t>17-091-12-22-011-000</t>
   </si>
   <si>
     <t>GRIMES ROBERT W</t>
   </si>
   <si>
     <t xml:space="preserve">101 N ELM ST  
 </t>
   </si>
   <si>
+    <t>17-091-12-25-016-000</t>
+  </si>
+  <si>
+    <t>TOKIO MARYSVILLE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-25-017-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">124 S MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-25-018-000</t>
+  </si>
+  <si>
+    <t>WROCK INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118 S MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-26-010-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">127 E CHILLICOTHE AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-26-011-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E CHILLICOTHE AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-26-014-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">134 S MADRIVER ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-12-27-022-000</t>
+  </si>
+  <si>
+    <t>LCG COMMERCE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212 E COLUMBUS AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-15-02-002-000</t>
   </si>
   <si>
     <t>WARWICK LYNN R JR</t>
   </si>
   <si>
     <t xml:space="preserve">716 W PATTERSON AVE  
 </t>
   </si>
   <si>
+    <t>17-091-15-04-019-000</t>
+  </si>
+  <si>
+    <t>CRAWFORD JUDITH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">304 PLUMVALLEY ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-15-04-020-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 PLUMVALLEY ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-15-04-029-000</t>
+  </si>
+  <si>
+    <t>KINNEY GEORGE D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">601 W AUBURN AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-15-05-001-000</t>
+  </si>
+  <si>
+    <t>WARNER JUSTIN M ETUX &amp; STEPHANIE J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">221 PLUMVALLEY ST  
+</t>
+  </si>
+  <si>
     <t>17-091-15-05-005-000</t>
   </si>
   <si>
     <t>CRAWFORD JASON T ETAL &amp; ASHLEY A SHEPHERD</t>
   </si>
   <si>
     <t xml:space="preserve">424 CLARK AVE  
 </t>
   </si>
   <si>
     <t>17-091-15-06-006-000</t>
   </si>
   <si>
     <t>BUCKENROTH GEORGIA</t>
   </si>
   <si>
     <t xml:space="preserve">416 JOHN AVE  
 </t>
   </si>
   <si>
     <t>17-091-15-06-008-000</t>
   </si>
   <si>
     <t>SMITH ROBY L</t>
   </si>
   <si>
     <t xml:space="preserve">408 JOHN AVE  
 </t>
   </si>
   <si>
+    <t>17-091-15-06-011-000</t>
+  </si>
+  <si>
+    <t>CRAWFORD STACEY L ETVIR &amp; WALTER C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 CLARK AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-15-06-019-002</t>
+  </si>
+  <si>
+    <t>CRAWFORD WALTER C ETUX &amp; STACY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHILLICOTHE (REAR) AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-15-07-001-000</t>
+  </si>
+  <si>
+    <t>BROWN JAMES P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317 PLUMVALLEY ST  
+</t>
+  </si>
+  <si>
     <t>17-091-15-11-001-000</t>
   </si>
   <si>
     <t>LAKATOS JOSEPH ETAL &amp; TIMOTHY TEWKSBURY</t>
   </si>
   <si>
     <t xml:space="preserve">727 PATTERSON AVE  
 </t>
   </si>
   <si>
     <t>17-091-16-01-008-000</t>
   </si>
   <si>
     <t>KRIEGER MARCUS L ETAL &amp; AMY K KRIEGER ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">220 S DETROIT ST  
 </t>
   </si>
   <si>
     <t>17-091-16-01-009-001</t>
   </si>
   <si>
     <t xml:space="preserve">224 S DETROIT ST  
 </t>
   </si>
   <si>
+    <t>17-091-16-03-003-000</t>
+  </si>
+  <si>
+    <t>SMALL TOWN PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">211 S MAIN ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-16-03-004-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">213 S MAIN ST  
+BELLEFONTAINE OH 43311</t>
+  </si>
+  <si>
+    <t>17-091-16-07-010-000</t>
+  </si>
+  <si>
+    <t>COZAD RICHARD ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">329 S DETROIT ST  
+</t>
+  </si>
+  <si>
     <t>17-091-16-08-011-000</t>
   </si>
   <si>
     <t>HARFORD PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">316 S DETROIT ST  
 </t>
   </si>
   <si>
+    <t>17-091-16-09-003-000</t>
+  </si>
+  <si>
+    <t>BISHOP GEORGE B ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 S ELM ST  
+</t>
+  </si>
+  <si>
     <t>17-091-16-09-003-001</t>
   </si>
   <si>
     <t>NEAL COREY D ETAL &amp; DANIELLE E</t>
   </si>
   <si>
     <t xml:space="preserve">350 S ELM ST  
 </t>
   </si>
   <si>
+    <t>17-091-16-09-004-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WATER AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-16-10-006-000</t>
   </si>
   <si>
     <t>MILLER CHRISTOPHER E</t>
   </si>
   <si>
     <t xml:space="preserve">408 S DETROIT ST  
 </t>
   </si>
   <si>
     <t>17-091-16-13-009-000</t>
   </si>
   <si>
     <t>CLIFTON AMY JO</t>
   </si>
   <si>
     <t xml:space="preserve">213 SPRING AVE  
 </t>
   </si>
   <si>
+    <t>17-091-16-14-005-000</t>
+  </si>
+  <si>
+    <t>ARCHIBALD WILLIAM ETAL &amp; MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">521 HAMILTON ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-16-15-017-000</t>
+  </si>
+  <si>
+    <t>224 INVESTMENT GROUP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">540 HAMILTON ST  
+</t>
+  </si>
+  <si>
     <t>17-091-16-16-009-000</t>
   </si>
   <si>
     <t>SMITH MICHAEL S TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">125 CANTWELL AVE  
 </t>
   </si>
   <si>
+    <t>17-091-16-18-011-000</t>
+  </si>
+  <si>
+    <t>SMITH LARRY D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">117 WATER AVE  
+</t>
+  </si>
+  <si>
+    <t>17-091-16-23-013-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125 W LINCOLN AVE  
+</t>
+  </si>
+  <si>
     <t>17-091-16-24-006-000</t>
   </si>
   <si>
     <t>SUMAN CHRISTOPHER &amp; MICHELLE</t>
   </si>
   <si>
     <t xml:space="preserve">621 S MAIN ST  
 </t>
   </si>
   <si>
     <t>17-091-19-01-005-002</t>
   </si>
   <si>
     <t>LENHART TYRONE L</t>
   </si>
   <si>
     <t xml:space="preserve">C R 11  
 </t>
   </si>
   <si>
     <t>17-091-20-03-004-000</t>
   </si>
   <si>
     <t>GAMMELL LESLIE K ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">713 S DETROIT ST  
 </t>
   </si>
   <si>
+    <t>17-091-20-08-005-000</t>
+  </si>
+  <si>
+    <t>WEBER TRACEY N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">821 S DETROIT ST  
+</t>
+  </si>
+  <si>
+    <t>17-091-20-09-005-000</t>
+  </si>
+  <si>
+    <t>HS HOLDINGS OF BELLEFONTAINE, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">209 CARTER AVE  
+</t>
+  </si>
+  <si>
+    <t>17-092-00-00-022-013</t>
+  </si>
+  <si>
+    <t>YOUNG MELISSA R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115 GLEN HOLLOW DR  
+</t>
+  </si>
+  <si>
     <t>17-092-00-00-038-015</t>
   </si>
   <si>
     <t>STUDEBAKER CHAD DANIEL</t>
   </si>
   <si>
     <t xml:space="preserve">504 HIGHVIEW DR  
 </t>
   </si>
   <si>
+    <t>17-092-05-09-003-000</t>
+  </si>
+  <si>
+    <t>TILLMAN NICHOLAS D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUGARBUSH CT  
+</t>
+  </si>
+  <si>
     <t>17-092-05-11-023-000</t>
   </si>
   <si>
     <t>RANSOME KAINE M ETAL &amp; LAUREN</t>
   </si>
   <si>
     <t xml:space="preserve">PALMER AVE  
 </t>
   </si>
   <si>
     <t>17-092-06-03-010-000</t>
   </si>
   <si>
     <t>CITY OF BELLEFONTAINE, OHIO</t>
   </si>
   <si>
     <t xml:space="preserve">ALLISON RD  
 </t>
   </si>
   <si>
-    <t>17-092-09-02-012-000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">317 E BROWN AVE  
+    <t>17-092-07-03-012-502</t>
+  </si>
+  <si>
+    <t>BUTLER AMANDA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">900 HILLTOP DR  
+</t>
+  </si>
+  <si>
+    <t>17-092-09-03-002-000</t>
+  </si>
+  <si>
+    <t>WALDEN CLEVON JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">320 N GREEN ST  
 </t>
   </si>
   <si>
     <t>17-092-09-07-007-000</t>
   </si>
   <si>
     <t>WALLACE NICHOLAS S</t>
   </si>
   <si>
     <t xml:space="preserve">630 OAKLAND AVE  
 </t>
   </si>
   <si>
     <t>17-092-09-14-007-000</t>
   </si>
   <si>
     <t>STEGGEMAN SUSAN J</t>
   </si>
   <si>
     <t xml:space="preserve">417 E SANDUSKY AVE  
 </t>
   </si>
   <si>
+    <t>17-092-09-17-010-000</t>
+  </si>
+  <si>
+    <t>CONWAY AMY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116 N STANLEY ST  
+</t>
+  </si>
+  <si>
     <t>17-092-09-17-034-001</t>
   </si>
   <si>
     <t>SHELTON AUSTIN ETAL &amp; CARISSA NICOLE</t>
   </si>
   <si>
     <t xml:space="preserve">N HAYES ST  
 </t>
   </si>
   <si>
     <t>17-092-09-18-019-000</t>
   </si>
   <si>
     <t>HOUCHIN MICHAEL R II</t>
   </si>
   <si>
     <t xml:space="preserve">629 E COLUMBUS AVE  
 </t>
   </si>
   <si>
+    <t>17-092-10-01-010-001</t>
+  </si>
+  <si>
+    <t>LEISTENSNIDER CLAYTON JAMES ETAL ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIGHLAND AVE  
+</t>
+  </si>
+  <si>
+    <t>17-092-13-02-014-000</t>
+  </si>
+  <si>
+    <t>BLAKE DARRIAN K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUDLOW RD  
+</t>
+  </si>
+  <si>
     <t>17-092-13-03-004-001</t>
   </si>
   <si>
     <t>QUINN JASON</t>
   </si>
   <si>
     <t xml:space="preserve">CHILLICOTHE AVE  
 </t>
   </si>
   <si>
+    <t>17-092-13-03-009-000</t>
+  </si>
+  <si>
+    <t>PICKERING GARRETT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">530 E CHILLICOTHE AVE  
+</t>
+  </si>
+  <si>
+    <t>17-092-13-07-006-000</t>
+  </si>
+  <si>
+    <t>WILSON PATRICIA ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">640 COOPER AVE  
+</t>
+  </si>
+  <si>
+    <t>17-092-13-09-002-000</t>
+  </si>
+  <si>
+    <t>ANSLEY JAMES R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">313 S PARK ST  
+</t>
+  </si>
+  <si>
+    <t>17-092-13-09-007-000</t>
+  </si>
+  <si>
+    <t>DIPPLE JANE E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">315 E PATTERSON AVE  
+</t>
+  </si>
+  <si>
     <t>17-092-13-14-014-000</t>
   </si>
   <si>
     <t xml:space="preserve">440 E COLTON AVE  
 </t>
   </si>
   <si>
     <t>17-092-13-15-017-000</t>
   </si>
   <si>
     <t>BEENEY TONYA</t>
   </si>
   <si>
     <t xml:space="preserve">721 HERITAGE DR  
 </t>
   </si>
   <si>
     <t>17-092-13-16-011-000</t>
   </si>
   <si>
     <t>WALDEN STEVEN</t>
   </si>
   <si>
     <t xml:space="preserve">712 HERITAGE DR  
 </t>
   </si>
   <si>
+    <t>17-092-14-01-012-000</t>
+  </si>
+  <si>
+    <t>LYBURTUS KEILA ETAL &amp; JOSHUA SPARKS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1031 RESERVOIR RD  
+</t>
+  </si>
+  <si>
+    <t>17-092-14-06-004-000</t>
+  </si>
+  <si>
+    <t>WALTON BROOK NICOLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">761 COLUMBUS AVE  
+</t>
+  </si>
+  <si>
     <t>17-092-14-07-003-001</t>
   </si>
   <si>
     <t xml:space="preserve">E COLUMBUS AVE  
 </t>
   </si>
   <si>
+    <t>17-092-14-07-004-000</t>
+  </si>
+  <si>
+    <t>MILLS DONALD F TRUSTEE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">809 EASTERN AVE  
+</t>
+  </si>
+  <si>
+    <t>17-092-14-07-004-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EASTERN AVE  
+</t>
+  </si>
+  <si>
+    <t>17-092-14-07-004-002</t>
+  </si>
+  <si>
+    <t>17-092-14-07-012-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">813 EASTERN AVE  
+</t>
+  </si>
+  <si>
     <t>17-092-14-08-024-000</t>
   </si>
   <si>
     <t>SOURS WONETA V</t>
   </si>
   <si>
+    <t>17-092-14-09-039-000</t>
+  </si>
+  <si>
+    <t>MILLER JEFFREY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">720 EASTERN AVE  
+</t>
+  </si>
+  <si>
     <t>17-092-17-02-009-000</t>
   </si>
   <si>
     <t>BRYANT MARSHA A ETAL &amp; ADAM A</t>
   </si>
   <si>
     <t xml:space="preserve">BELMONT AVE  
 </t>
   </si>
   <si>
+    <t>17-092-17-04-001-001</t>
+  </si>
+  <si>
+    <t>BURKHAMMER AMBER M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUSTON ST  
+</t>
+  </si>
+  <si>
+    <t>17-106-00-00-081-011</t>
+  </si>
+  <si>
+    <t>KOTSARIS JOSHUA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1600 WRIGHT ST  
+</t>
+  </si>
+  <si>
+    <t>17-106-00-00-081-012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRIGHT ST  
+</t>
+  </si>
+  <si>
+    <t>17-106-00-00-082-000</t>
+  </si>
+  <si>
+    <t>JLH REALTY LLC &amp; STONE KEY CORP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRISTINA DR  
+</t>
+  </si>
+  <si>
+    <t>17-106-00-00-082-034</t>
+  </si>
+  <si>
+    <t>KRISTINA DRIVE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">501 KRISTINA DR  
+</t>
+  </si>
+  <si>
+    <t>17-106-00-00-082-035</t>
+  </si>
+  <si>
+    <t>17-106-08-09-003-000</t>
+  </si>
+  <si>
+    <t>R.L. RICHARD LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1141 S MAIN ST  
+</t>
+  </si>
+  <si>
     <t>17-106-08-12-001-000</t>
   </si>
   <si>
     <t>MOORE DAVID WESLEY</t>
   </si>
   <si>
     <t xml:space="preserve">1201 CARLISLE AVE  
+</t>
+  </si>
+  <si>
+    <t>17-106-08-12-002-000</t>
+  </si>
+  <si>
+    <t>BURKHAMMER BETTY LOU ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1217 CARLISLE ST  
+</t>
+  </si>
+  <si>
+    <t>17-106-08-12-010-000</t>
+  </si>
+  <si>
+    <t>BOGGS LISA ETAL &amp; JOHN WOOD &amp; SCOTT WOOD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1216 S DETROIT ST  
+</t>
+  </si>
+  <si>
+    <t>17-106-08-16-010-000</t>
+  </si>
+  <si>
+    <t>HUFFMAN JOHN ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">144 RICHARD AVE  
+</t>
+  </si>
+  <si>
+    <t>17-106-08-16-010-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICHARD AVE  
+</t>
+  </si>
+  <si>
+    <t>17-106-08-20-009-000</t>
+  </si>
+  <si>
+    <t>GUISINGER CHANTELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">329 WREN AVE  
+</t>
+  </si>
+  <si>
+    <t>17-106-12-02-002-522</t>
+  </si>
+  <si>
+    <t>KUHN BETTY SUE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1505 EAGLE ST  
+</t>
+  </si>
+  <si>
+    <t>17-107-05-04-007-000</t>
+  </si>
+  <si>
+    <t>CLINE EDWARD D ETAL &amp; TERRASSA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1225 SUPERIOR AVE  
+</t>
+  </si>
+  <si>
+    <t>16-064-00-00-027-000</t>
+  </si>
+  <si>
+    <t>LITTLE JOHN</t>
+  </si>
+  <si>
+    <t>INDIAN LAKE S D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">490 E C R 57  
+</t>
+  </si>
+  <si>
+    <t>16-077-00-00-009-000</t>
+  </si>
+  <si>
+    <t>THOMAS FREDERICK D CO-TRUSTEE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E T R 56  
+</t>
+  </si>
+  <si>
+    <t>16-078-00-00-010-000</t>
+  </si>
+  <si>
+    <t>FLESHER PHILLIP S ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E T R 219  
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -997,2120 +2100,4580 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F102" headerRowCount="1">
-  <autoFilter ref="A1:F102"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F225" headerRowCount="1">
+  <autoFilter ref="A1:F225"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=34910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8857&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10520&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=40657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=36135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=34910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6586&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=6999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7654&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=7996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8857&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=8981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=9981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42033&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10521&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=10873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=5388&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F102"/>
+  <dimension ref="A1:F225"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
     <col min="2" max="2" width="53.87650680541992" customWidth="1"/>
     <col min="3" max="3" width="20.548110961914062" customWidth="1"/>
     <col min="4" max="4" width="25.44859504699707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>662.01</v>
+        <v>844.59</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>1323.64</v>
+        <v>1.11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>826.02</v>
+        <v>1442.73</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>734.58</v>
+        <v>223.12</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>347.59</v>
+        <v>915.36</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>8145.72</v>
+        <v>1.11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="3">
-        <v>3264.79</v>
+        <v>134.33</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>483.19</v>
+        <v>935.46</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>1938.43</v>
+        <v>774.95</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="3">
-        <v>7618.12</v>
+        <v>1750.69</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="3">
-        <v>138.5</v>
+        <v>487.29</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E13" s="3">
-        <v>658.7</v>
+        <v>1550.61</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E14" s="3">
-        <v>77.01</v>
+        <v>172.11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E15" s="3">
-        <v>80.13</v>
+        <v>7724.23</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>89.6</v>
+        <v>2475.07</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E17" s="3">
-        <v>160.15</v>
+        <v>124.33</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E18" s="3">
-        <v>22679.25</v>
+        <v>8846.34</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="E19" s="3">
-        <v>229.13</v>
+        <v>1592.18</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E20" s="3">
-        <v>209.84</v>
+        <v>670.8</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E21" s="3">
-        <v>161.24</v>
+        <v>424.69</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="E22" s="3">
-        <v>1872.44</v>
+        <v>554.82</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>1793.7</v>
+        <v>610.87</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E24" s="3">
-        <v>2253.81</v>
+        <v>715.27</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E25" s="3">
-        <v>1798.34</v>
+        <v>15879.32</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E26" s="3">
-        <v>181.46</v>
+        <v>573.78</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E27" s="3">
-        <v>25987.98</v>
+        <v>579.74</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E28" s="3">
-        <v>2887.51</v>
+        <v>40.4</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="3">
-        <v>10878.95</v>
+        <v>3692.91</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="3">
-        <v>388.2</v>
+        <v>6364.3</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="3">
-        <v>823.05</v>
+        <v>941.88</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="3">
-        <v>308.04</v>
+        <v>4228.84</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="3">
-        <v>6653.98</v>
+        <v>8729.9</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="3">
-        <v>1020.77</v>
+        <v>1100.15</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="3">
-        <v>13253.36</v>
+        <v>4.27</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="3">
-        <v>89.09</v>
+        <v>554.42</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B37" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="3">
-        <v>1114.93</v>
+        <v>269.91</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="3">
-        <v>1284.47</v>
+        <v>1971.93</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" s="3">
-        <v>4384.04</v>
+        <v>204.49</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E40" s="3">
-        <v>466.96</v>
+        <v>150.09</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>114</v>
+        <v>61</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="E41" s="3">
-        <v>689.05</v>
+        <v>156.19</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>114</v>
+        <v>61</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E42" s="3">
-        <v>223.26</v>
+        <v>174.65</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="E43" s="3">
-        <v>173.34</v>
+        <v>312.14</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E44" s="3">
-        <v>477.93</v>
+        <v>25395.61</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>123</v>
+        <v>61</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="E45" s="3">
-        <v>0.43</v>
+        <v>446.56</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E46" s="3">
-        <v>5632.88</v>
+        <v>24.21</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="E47" s="3">
-        <v>3351.28</v>
+        <v>239.34</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="E48" s="3">
-        <v>543.18</v>
+        <v>227.21</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="E49" s="3">
-        <v>4850.61</v>
+        <v>391.38</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>138</v>
+        <v>107</v>
       </c>
       <c r="E50" s="3">
-        <v>15503.69</v>
+        <v>1915.97</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="E51" s="3">
-        <v>1072.02</v>
+        <v>1900.76</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="E52" s="3">
-        <v>377.6</v>
+        <v>2406.25</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="E53" s="3">
-        <v>2562.62</v>
+        <v>2854.66</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="E54" s="3">
-        <v>4034.82</v>
+        <v>1014.37</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="E55" s="3">
-        <v>2341.43</v>
+        <v>26114.63</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="E56" s="3">
-        <v>1164.4</v>
+        <v>84.21</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="E57" s="3">
-        <v>1684.27</v>
+        <v>3613.98</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="E58" s="3">
-        <v>427.12</v>
+        <v>13595.99</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="E59" s="3">
-        <v>1783.09</v>
+        <v>506.25</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="E60" s="3">
-        <v>3733.72</v>
+        <v>1844.46</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="E61" s="3">
-        <v>425.79</v>
+        <v>308.04</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="E62" s="3">
-        <v>10091.24</v>
+        <v>435.92</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>174</v>
+        <v>38</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="E63" s="3">
-        <v>1974.85</v>
+        <v>1308.45</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="E64" s="3">
-        <v>20275.15</v>
+        <v>375.08</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>134</v>
+        <v>165</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>115</v>
+        <v>168</v>
       </c>
       <c r="E65" s="3">
-        <v>73.65</v>
+        <v>62.58</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="E66" s="3">
-        <v>676.64</v>
+        <v>11925.29</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>115</v>
+        <v>174</v>
       </c>
       <c r="E67" s="3">
-        <v>73.17</v>
+        <v>1999.59</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="E68" s="3">
-        <v>11141.52</v>
+        <v>15308.3</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="E69" s="3">
-        <v>373.67</v>
+        <v>73.08</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="E70" s="3">
-        <v>2345.25</v>
+        <v>108.21</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="E71" s="3">
-        <v>5185.96</v>
+        <v>1127.93</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E72" s="3">
-        <v>1402.44</v>
+        <v>998.96</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="E73" s="3">
-        <v>2207.13</v>
+        <v>4131.4</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="E74" s="3">
-        <v>500.29</v>
+        <v>352.72</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="E75" s="3">
-        <v>20200</v>
+        <v>687.93</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="E76" s="3">
-        <v>286.94</v>
+        <v>15.23</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="E77" s="3">
-        <v>142.98</v>
+        <v>2.14</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="E78" s="3">
-        <v>569.36</v>
+        <v>2819.36</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="E79" s="3">
-        <v>598.5</v>
+        <v>515.73</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="E80" s="3">
-        <v>820.54</v>
+        <v>5464.13</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="E81" s="3">
-        <v>3457.43</v>
+        <v>1397.92</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="E82" s="3">
-        <v>1481.44</v>
+        <v>156.71</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="E83" s="3">
-        <v>662.3</v>
+        <v>775.08</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="E84" s="3">
-        <v>1993.79</v>
+        <v>250.96</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="E85" s="3">
-        <v>540.06</v>
+        <v>198.68</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="E86" s="3">
-        <v>236.7</v>
+        <v>505.77</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="E87" s="3">
-        <v>1606.28</v>
+        <v>585.96</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="E88" s="3">
-        <v>31.78</v>
+        <v>17.66</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="E89" s="3">
-        <v>7542.76</v>
+        <v>0.52</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="E90" s="3">
-        <v>1744.29</v>
+        <v>5843.55</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>251</v>
+        <v>211</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="E91" s="3">
-        <v>7709.83</v>
+        <v>4813.17</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="E92" s="3">
-        <v>1063.53</v>
+        <v>780.11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="E93" s="3">
-        <v>66.84</v>
+        <v>577.05</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="E94" s="3">
-        <v>2082.96</v>
+        <v>4979.64</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>263</v>
+        <v>252</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="E95" s="3">
-        <v>27.64</v>
+        <v>712.65</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>144</v>
+        <v>255</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="E96" s="3">
-        <v>5368.68</v>
+        <v>17949.43</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="E97" s="3">
-        <v>2666.14</v>
+        <v>1199.18</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="E98" s="3">
-        <v>1664.41</v>
+        <v>127.6</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>187</v>
+        <v>260</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="E99" s="3">
-        <v>401.47</v>
+        <v>736.01</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="E100" s="3">
-        <v>847.34</v>
+        <v>2696.03</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="E101" s="3">
-        <v>124.11</v>
+        <v>360.85</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="E102" s="3">
+        <v>4.28</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="E103" s="3">
+        <v>74.46</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E104" s="3">
+        <v>4176.23</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="E105" s="3">
+        <v>3199.5</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="B102" s="0" t="s">
+      <c r="B106" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C102" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D102" s="2" t="s">
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="E102" s="3">
-[...2 lines deleted...]
-      <c r="F102" s="1" t="s">
+      <c r="E106" s="3">
+        <v>418.43</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="E107" s="3">
+        <v>1164.4</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="E108" s="3">
+        <v>871.36</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="E109" s="3">
+        <v>829.83</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="E110" s="3">
+        <v>155.61</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="E111" s="3">
+        <v>2419.06</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="E112" s="3">
+        <v>1151.7</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="E113" s="3">
+        <v>134.76</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="E114" s="3">
+        <v>3136.44</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="E115" s="3">
+        <v>3842.71</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="E116" s="3">
+        <v>1563.05</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="E117" s="3">
+        <v>16806.61</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="E118" s="3">
+        <v>1433.46</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="E119" s="3">
+        <v>15.62</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="E120" s="3">
+        <v>3322.78</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="E121" s="3">
+        <v>39388.76</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="E122" s="3">
+        <v>776.88</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="E123" s="3">
+        <v>1631.35</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="E124" s="3">
+        <v>1011.68</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="E125" s="3">
+        <v>110.37</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="E126" s="3">
+        <v>451.73</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="E127" s="3">
+        <v>10.68</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E128" s="3">
+        <v>143.48</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="E129" s="3">
+        <v>1319.03</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E130" s="3">
+        <v>142.53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="E131" s="3">
+        <v>16270.79</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E132" s="3">
+        <v>961.8</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="E133" s="3">
+        <v>395.64</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="E134" s="3">
+        <v>2454.24</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="E135" s="3">
+        <v>6431.82</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="E136" s="3">
+        <v>688.6</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="E137" s="3">
+        <v>754.36</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="E138" s="3">
+        <v>1154.16</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="E139" s="3">
+        <v>8509.59</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="E140" s="3">
+        <v>244.34</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E141" s="3">
+        <v>116.76</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="E142" s="3">
+        <v>0.08</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="E143" s="3">
+        <v>2476.15</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="E144" s="3">
+        <v>646.47</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="E145" s="3">
+        <v>47.36</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="E146" s="3">
+        <v>1173.83</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="E147" s="3">
+        <v>1126.15</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="E148" s="3">
+        <v>3074.64</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="E149" s="3">
+        <v>665.75</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="E150" s="3">
+        <v>20332.34</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="E151" s="3">
+        <v>25.11</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="E152" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="E153" s="3">
+        <v>1597.1</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="E154" s="3">
+        <v>858.86</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="E155" s="3">
+        <v>426.92</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="E156" s="3">
+        <v>2399.97</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="E157" s="3">
+        <v>11425.77</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="E158" s="3">
+        <v>14380.94</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="E159" s="3">
+        <v>5989.65</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="E160" s="3">
+        <v>62.77</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="E161" s="3">
+        <v>1484.29</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E162" s="3">
+        <v>2449.7</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="E163" s="3">
+        <v>11.46</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="E164" s="3">
+        <v>5990.37</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="E165" s="3">
+        <v>2712.49</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="E166" s="3">
+        <v>664.17</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="E167" s="3">
+        <v>1252.16</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="E168" s="3">
+        <v>1981.71</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="E169" s="3">
+        <v>533.17</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="E170" s="3">
+        <v>2704.32</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="E171" s="3">
+        <v>3886.76</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="E172" s="3">
+        <v>1646.11</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="E173" s="3">
+        <v>1965.42</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="E174" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="E175" s="3">
+        <v>952.94</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="E176" s="3">
+        <v>3869.32</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="E177" s="3">
+        <v>4808.08</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="E178" s="3">
+        <v>434.86</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="E179" s="3">
+        <v>61.94</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="E180" s="3">
+        <v>8147.1</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="E181" s="3">
+        <v>811</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="E182" s="3">
+        <v>691.18</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="E183" s="3">
+        <v>24219.77</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="E184" s="3">
+        <v>3183.64</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="E185" s="3">
+        <v>774.09</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="E186" s="3">
+        <v>95.96</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="E187" s="3">
+        <v>4008.33</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="E188" s="3">
+        <v>8.79</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="E189" s="3">
+        <v>141.41</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="E190" s="3">
+        <v>39.63</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="E191" s="3">
+        <v>1021.84</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="E192" s="3">
+        <v>497.67</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="E193" s="3">
+        <v>1318.14</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="E194" s="3">
+        <v>1708.76</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E195" s="3">
+        <v>6119.32</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="E196" s="3">
+        <v>4888.61</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="E197" s="3">
+        <v>4176.58</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="E198" s="3">
+        <v>1415.07</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="E199" s="3">
+        <v>0.6</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="E200" s="3">
+        <v>426.4</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="E201" s="3">
+        <v>572.28</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="E202" s="3">
+        <v>53.08</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="E203" s="3">
+        <v>393.17</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="E204" s="3">
+        <v>2224.29</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="E205" s="3">
+        <v>863.64</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="E206" s="3">
+        <v>917.94</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="E207" s="3">
+        <v>160.93</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="E208" s="3">
+        <v>0.9</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="E209" s="3">
+        <v>2611.78</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E210" s="3">
+        <v>338.24</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="E211" s="3">
+        <v>426.06</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="E212" s="3">
+        <v>871.39</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="E213" s="3">
+        <v>518.07</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="E214" s="3">
+        <v>7923.88</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="E215" s="3">
+        <v>2318.18</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="E216" s="3">
+        <v>1056.89</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="E217" s="3">
+        <v>788.01</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="E218" s="3">
+        <v>1133.82</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="E219" s="3">
+        <v>12.67</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E220" s="3">
+        <v>819.64</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="E221" s="3">
+        <v>315.29</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="E222" s="3">
+        <v>1.58</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="E223" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="E224" s="3">
+        <v>0.71</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="E225" s="3">
+        <v>409.64</v>
+      </c>
+      <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3173,32 +6736,155 @@
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
+    <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
+    <hyperlink ref="F115" r:id="rId115"/>
+    <hyperlink ref="F116" r:id="rId116"/>
+    <hyperlink ref="F117" r:id="rId117"/>
+    <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
+    <hyperlink ref="F222" r:id="rId222"/>
+    <hyperlink ref="F223" r:id="rId223"/>
+    <hyperlink ref="F224" r:id="rId224"/>
+    <hyperlink ref="F225" r:id="rId225"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>