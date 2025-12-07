--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>02394</t>
   </si>
   <si>
     <t>MORRISON PAUL G</t>
   </si>
   <si>
@@ -177,60 +177,50 @@
   </si>
   <si>
     <t>PALMER PHILIP E</t>
   </si>
   <si>
     <t>12-094-13-04-003-000</t>
   </si>
   <si>
     <t>HORN DANNY G</t>
   </si>
   <si>
     <t xml:space="preserve">ISAAC ZANE TRL  
 </t>
   </si>
   <si>
     <t>12-094-13-04-010-000</t>
   </si>
   <si>
     <t>12-094-17-05-008-000</t>
   </si>
   <si>
     <t>ELLIS RONALD J JR</t>
   </si>
   <si>
     <t xml:space="preserve">OLD TRL  
-</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">4790 C R 153  
 </t>
   </si>
   <si>
     <t>12-109-09-05-003-000</t>
   </si>
   <si>
     <t>PAYNE JACLYN RENEE</t>
   </si>
   <si>
     <t xml:space="preserve">4670 C R 10  REAR 
 </t>
   </si>
   <si>
     <t>12-124-00-00-016-000</t>
   </si>
   <si>
     <t>LOCKWOOD KRISTEN MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">4372 C R 28  
 </t>
   </si>
   <si>
     <t>12-124-00-00-017-000</t>
   </si>
@@ -274,570 +264,549 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F24" headerRowCount="1">
-  <autoFilter ref="A1:F24"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F23" headerRowCount="1">
+  <autoFilter ref="A1:F23"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4566&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4566&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
     <col min="2" max="2" width="32.15376663208008" customWidth="1"/>
     <col min="3" max="3" width="20.877538681030273" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>890.41</v>
+        <v>914.16</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>1349.02</v>
+        <v>1385</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>9404.08</v>
+        <v>9654.87</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1185.6</v>
+        <v>1216.36</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>502.7</v>
+        <v>516.09</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3">
-        <v>614.34</v>
+        <v>630.72</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>259.76</v>
+        <v>266.69</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="3">
-        <v>180.51</v>
+        <v>185.32</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E10" s="3">
-        <v>72.17</v>
+        <v>74.09</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="3">
-        <v>234.18</v>
+        <v>240.42</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="3">
-        <v>973.28</v>
+        <v>999.24</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="3">
-        <v>145.86</v>
+        <v>149.75</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="3">
-        <v>50.18</v>
+        <v>51.52</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="3">
-        <v>37.77</v>
+        <v>38.78</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="3">
-        <v>335.58</v>
+        <v>344.52</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="3">
-        <v>378.24</v>
+        <v>388.32</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="3">
-        <v>494.82</v>
+        <v>508.02</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="3">
-        <v>204.8</v>
+        <v>210.26</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="3">
-        <v>2941.46</v>
+        <v>18.39</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="3">
-        <v>17.91</v>
+        <v>3597.68</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>3504.23</v>
+        <v>23.75</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="3">
-        <v>23.14</v>
+        <v>426.75</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
-    <hyperlink ref="F24" r:id="rId24"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>