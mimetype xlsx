--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -5,222 +5,541 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>00878</t>
+  </si>
+  <si>
+    <t>EVANS KARLA</t>
+  </si>
+  <si>
+    <t>BENJAMIN LOGAN S D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41 MADRIVER LANE  LOT 41</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
     <t>02394</t>
   </si>
   <si>
     <t>MORRISON PAUL G</t>
   </si>
   <si>
-    <t>BENJAMIN LOGAN S D</t>
-[...1 lines deleted...]
-  <si>
     <t>1769 T R 179</t>
   </si>
   <si>
-    <t>View</t>
-[...1 lines deleted...]
-  <si>
     <t>12-079-00-00-060-000</t>
   </si>
   <si>
     <t>SHIELDS CRYSTAL D</t>
   </si>
   <si>
     <t xml:space="preserve">C R 25  
 </t>
   </si>
   <si>
+    <t>12-080-00-00-025-003</t>
+  </si>
+  <si>
+    <t>HERSHBERGER JOHN J ETAL &amp; BARBARA K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T R 127  
+</t>
+  </si>
+  <si>
+    <t>12-080-00-00-025-004</t>
+  </si>
+  <si>
+    <t>HERSHBERGER JOHN</t>
+  </si>
+  <si>
+    <t>12-081-00-00-040-000</t>
+  </si>
+  <si>
+    <t>GROVES RICHARD E JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7466 S R 540  
+</t>
+  </si>
+  <si>
     <t>12-081-00-00-042-000</t>
   </si>
   <si>
     <t>SAVAGE BETTY</t>
   </si>
   <si>
     <t xml:space="preserve">7422 S R 540  
 </t>
   </si>
   <si>
+    <t>12-081-00-00-044-002</t>
+  </si>
+  <si>
+    <t>SHROUT FLOYD K MISHIKIN NOGKWA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7342 S R 540  
+</t>
+  </si>
+  <si>
     <t>12-092-00-00-021-036</t>
   </si>
   <si>
     <t>EDWARDS LORI D</t>
   </si>
   <si>
     <t xml:space="preserve">1110 T R 179  
 </t>
   </si>
   <si>
     <t>12-092-07-04-001-001</t>
   </si>
   <si>
     <t>OHIO STATE OF</t>
   </si>
   <si>
     <t xml:space="preserve">S R 540  
 </t>
   </si>
   <si>
+    <t>12-093-00-00-026-000</t>
+  </si>
+  <si>
+    <t>WATKINS DON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">520 T R 184  
+</t>
+  </si>
+  <si>
     <t>12-093-00-00-036-002</t>
   </si>
   <si>
     <t>DAGON TIMOTHY A ETAL &amp; NANCY</t>
   </si>
   <si>
+    <t>12-093-00-00-050-054</t>
+  </si>
+  <si>
+    <t>PAPAY SCOTT ETAL &amp; MALINA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T R 55  
+</t>
+  </si>
+  <si>
+    <t>12-093-16-04-004-000</t>
+  </si>
+  <si>
+    <t>DENSON HEATHER C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCGEE CT  
+</t>
+  </si>
+  <si>
+    <t>12-093-16-05-013-000</t>
+  </si>
+  <si>
+    <t>JACOB MERION ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIMON KENTON DR  
+</t>
+  </si>
+  <si>
+    <t>12-093-16-05-014-000</t>
+  </si>
+  <si>
+    <t>ARMENTROUT TRACIE</t>
+  </si>
+  <si>
+    <t>12-093-16-05-015-000</t>
+  </si>
+  <si>
     <t>12-093-16-06-001-000</t>
   </si>
   <si>
     <t>REITER JAYLYNN N</t>
   </si>
   <si>
     <t xml:space="preserve">WAPATOMICA  
 </t>
   </si>
   <si>
     <t>12-093-16-06-002-000</t>
   </si>
   <si>
+    <t>12-093-16-06-003-000</t>
+  </si>
+  <si>
+    <t>GIESEY ERIC S</t>
+  </si>
+  <si>
+    <t>12-093-16-07-005-000</t>
+  </si>
+  <si>
+    <t>ILSE CORIENE</t>
+  </si>
+  <si>
     <t>12-093-16-07-006-000</t>
   </si>
   <si>
     <t>HARDMAN DAVID ETAL</t>
   </si>
   <si>
     <t>12-093-16-08-011-000</t>
   </si>
   <si>
     <t>GILLIAM ELMER H ETUX</t>
   </si>
   <si>
-    <t xml:space="preserve">SIMON KENTON DR  
-</t>
+    <t>12-093-20-03-009-000</t>
+  </si>
+  <si>
+    <t>COOPER RONALD L ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WYANDOTTE LN  
+</t>
+  </si>
+  <si>
+    <t>12-093-20-03-016-000</t>
+  </si>
+  <si>
+    <t>LEATHERMAN STACIA</t>
+  </si>
+  <si>
+    <t>12-093-20-04-003-000</t>
+  </si>
+  <si>
+    <t>BODAY MICHELE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAWNEE DR  
+</t>
+  </si>
+  <si>
+    <t>12-093-20-04-004-000</t>
+  </si>
+  <si>
+    <t>BODAY MICHELE</t>
   </si>
   <si>
     <t>12-093-20-05-011-000</t>
   </si>
   <si>
     <t>JONES WAYNE L</t>
   </si>
   <si>
     <t xml:space="preserve">38 MAD RIVER LN  
 </t>
   </si>
   <si>
+    <t>12-093-20-06-003-000</t>
+  </si>
+  <si>
+    <t>EQUITY TRUST COMPANY CUSTODIAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TARHE LN  
+</t>
+  </si>
+  <si>
+    <t>12-094-00-00-015-000</t>
+  </si>
+  <si>
+    <t>RODENBERGER ANDREA</t>
+  </si>
+  <si>
+    <t>12-094-00-00-016-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C R 5  
+</t>
+  </si>
+  <si>
+    <t>12-094-00-00-017-000</t>
+  </si>
+  <si>
+    <t>12-094-00-00-018-000</t>
+  </si>
+  <si>
     <t>12-094-13-01-010-000</t>
   </si>
   <si>
     <t>DICKINSON CRAIG A JR</t>
   </si>
   <si>
+    <t>12-094-13-01-037-000</t>
+  </si>
+  <si>
+    <t>PARMER DORIS ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MACKACHACK DR  
+</t>
+  </si>
+  <si>
     <t>12-094-13-01-042-000</t>
   </si>
   <si>
     <t>NEELD JAMES THOMAS</t>
   </si>
   <si>
-    <t xml:space="preserve">MACKACHACK DR  
-[...2 lines deleted...]
-  <si>
     <t>12-094-13-03-001-000</t>
   </si>
   <si>
     <t>NEELD JEFFREY L</t>
   </si>
   <si>
     <t xml:space="preserve">MYEERAH DR  
 </t>
   </si>
   <si>
+    <t>12-094-13-03-002-000</t>
+  </si>
+  <si>
+    <t>PERRY DANIEL</t>
+  </si>
+  <si>
+    <t>12-094-13-03-003-000</t>
+  </si>
+  <si>
+    <t>PERRY DANIEL ETAL</t>
+  </si>
+  <si>
     <t>12-094-13-03-008-000</t>
   </si>
   <si>
     <t>PALMER PHILIP E</t>
   </si>
   <si>
     <t>12-094-13-04-003-000</t>
   </si>
   <si>
     <t>HORN DANNY G</t>
   </si>
   <si>
     <t xml:space="preserve">ISAAC ZANE TRL  
 </t>
   </si>
   <si>
     <t>12-094-13-04-010-000</t>
   </si>
   <si>
+    <t>12-094-17-04-030-000</t>
+  </si>
+  <si>
+    <t>ALLEN M CELESTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLACKTAIL LN  
+</t>
+  </si>
+  <si>
+    <t>12-094-17-04-031-000</t>
+  </si>
+  <si>
+    <t>12-094-17-04-033-000</t>
+  </si>
+  <si>
+    <t>ALLEN DANYEL ETAL</t>
+  </si>
+  <si>
+    <t>12-094-17-04-034-000</t>
+  </si>
+  <si>
+    <t>JONES MARCIA D</t>
+  </si>
+  <si>
     <t>12-094-17-05-008-000</t>
   </si>
   <si>
     <t>ELLIS RONALD J JR</t>
   </si>
   <si>
     <t xml:space="preserve">OLD TRL  
+</t>
+  </si>
+  <si>
+    <t>12-094-17-07-010-000</t>
+  </si>
+  <si>
+    <t>GREEN RICHARD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUCKONGEHELA TRL  
+</t>
+  </si>
+  <si>
+    <t>12-094-17-08-008-000</t>
+  </si>
+  <si>
+    <t>BROWN JAMES P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">294 SQUAW ROCK TRL  
+</t>
+  </si>
+  <si>
+    <t>12-094-17-08-011-000</t>
+  </si>
+  <si>
+    <t>DODD MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQUAW ROCK TRL  
+</t>
+  </si>
+  <si>
+    <t>12-094-17-09-016-000</t>
+  </si>
+  <si>
+    <t>HAW CHARLES F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIAMI DR  
+</t>
+  </si>
+  <si>
+    <t>12-094-17-09-019-000</t>
+  </si>
+  <si>
+    <t>JACKSON JASON ETAL &amp; ANGELA</t>
+  </si>
+  <si>
+    <t>12-108-00-00-014-000</t>
+  </si>
+  <si>
+    <t>HENRY KAREN K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3071 T R 55  
+</t>
+  </si>
+  <si>
+    <t>12-108-00-00-022-000</t>
+  </si>
+  <si>
+    <t>UNVERZAGT ALEXANDER T ETAL &amp; MEGAN L O'CHOCKE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3978 T R 180  
+</t>
+  </si>
+  <si>
+    <t>12-108-00-00-065-000</t>
+  </si>
+  <si>
+    <t>FISHBAUGH GAIL ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C R 55  
+</t>
+  </si>
+  <si>
+    <t>12-108-00-00-072-000</t>
+  </si>
+  <si>
+    <t>GODWIN WESLEY K ETUX &amp; STEPHANIE Y</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3471 T R 182  
+</t>
+  </si>
+  <si>
+    <t>12-108-13-01-004-000</t>
+  </si>
+  <si>
+    <t>NEASE DAVID W ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4061 C R 55  
+</t>
+  </si>
+  <si>
+    <t>12-108-13-05-001-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2295 N CARRIAGE HLL DR  
+</t>
+  </si>
+  <si>
+    <t>12-109-00-00-075-001</t>
+  </si>
+  <si>
+    <t>SOUTHWORTH MARLIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3631 C R 28  
 </t>
   </si>
   <si>
     <t>12-109-09-05-003-000</t>
   </si>
   <si>
     <t>PAYNE JACLYN RENEE</t>
   </si>
   <si>
     <t xml:space="preserve">4670 C R 10  REAR 
 </t>
   </si>
   <si>
     <t>12-124-00-00-016-000</t>
   </si>
   <si>
     <t>LOCKWOOD KRISTEN MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">4372 C R 28  
 </t>
   </si>
   <si>
     <t>12-124-00-00-017-000</t>
   </si>
@@ -264,549 +583,1410 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F23" headerRowCount="1">
-  <autoFilter ref="A1:F23"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F64" headerRowCount="1">
+  <autoFilter ref="A1:F64"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4566&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=3835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=4566&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F23"/>
+  <dimension ref="A1:F64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
-    <col min="2" max="2" width="32.15376663208008" customWidth="1"/>
+    <col min="2" max="2" width="50.00931930541992" customWidth="1"/>
     <col min="3" max="3" width="20.877538681030273" customWidth="1"/>
-    <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
+    <col min="4" max="4" width="25.80666732788086" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>914.16</v>
+        <v>0.23</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>1385</v>
+        <v>1065.76</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>9654.87</v>
+        <v>1721.89</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1216.36</v>
+        <v>1.29</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E6" s="3">
-        <v>516.09</v>
+        <v>0.86</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>630.72</v>
+        <v>26.05</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>266.69</v>
+        <v>10454.83</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>185.32</v>
+        <v>77.6</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E10" s="3">
-        <v>74.09</v>
+        <v>2361.92</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>240.42</v>
+        <v>533.2</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>999.24</v>
+        <v>1530.31</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E13" s="3">
-        <v>149.75</v>
+        <v>763.3</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E14" s="3">
-        <v>51.52</v>
+        <v>62.19</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E15" s="3">
-        <v>38.78</v>
+        <v>94.21</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E16" s="3">
-        <v>344.52</v>
+        <v>94.21</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E17" s="3">
-        <v>388.32</v>
+        <v>118.95</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="3">
-        <v>508.02</v>
+        <v>303.28</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E19" s="3">
-        <v>210.26</v>
+        <v>513.17</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="3">
-        <v>18.39</v>
+        <v>356.55</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E21" s="3">
-        <v>3597.68</v>
+        <v>146.07</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E22" s="3">
-        <v>23.75</v>
+        <v>59.64</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E23" s="3">
-        <v>426.75</v>
+        <v>182.63</v>
       </c>
       <c r="F23" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" s="3">
+        <v>297.73</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E25" s="3">
+        <v>9.55</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E26" s="3">
+        <v>57.66</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E27" s="3">
+        <v>50.85</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E28" s="3">
+        <v>103.88</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E29" s="3">
+        <v>1653.51</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" s="3">
+        <v>195.23</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E31" s="3">
+        <v>737.97</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" s="3">
+        <v>41.04</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="3">
+        <v>47.02</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" s="3">
+        <v>9.89</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E35" s="3">
+        <v>296.32</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E36" s="3">
+        <v>306.85</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E37" s="3">
+        <v>354.8</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" s="3">
+        <v>278.01</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E39" s="3">
+        <v>195.23</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E40" s="3">
+        <v>96.98</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E41" s="3">
+        <v>497.29</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E42" s="3">
+        <v>507.27</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E43" s="3">
+        <v>663.56</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E44" s="3">
+        <v>75.75</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E45" s="3">
+        <v>75.75</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E46" s="3">
+        <v>82.17</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E47" s="3">
+        <v>4.21</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E48" s="3">
+        <v>404.59</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E49" s="3">
+        <v>149.46</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E50" s="3">
+        <v>277.2</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E51" s="3">
+        <v>151.08</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E52" s="3">
+        <v>0.23</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E53" s="3">
+        <v>68.03</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E54" s="3">
+        <v>1576.38</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="E55" s="3">
+        <v>2318.38</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E56" s="3">
+        <v>136.8</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E57" s="3">
+        <v>2101.34</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E58" s="3">
+        <v>3405.68</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E59" s="3">
+        <v>1521.92</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="E60" s="3">
+        <v>1830.27</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E61" s="3">
+        <v>54.08</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="E62" s="3">
+        <v>6591.63</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E63" s="3">
+        <v>36.97</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E64" s="3">
+        <v>667.44</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
+    <hyperlink ref="F24" r:id="rId24"/>
+    <hyperlink ref="F25" r:id="rId25"/>
+    <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
+    <hyperlink ref="F33" r:id="rId33"/>
+    <hyperlink ref="F34" r:id="rId34"/>
+    <hyperlink ref="F35" r:id="rId35"/>
+    <hyperlink ref="F36" r:id="rId36"/>
+    <hyperlink ref="F37" r:id="rId37"/>
+    <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
+    <hyperlink ref="F40" r:id="rId40"/>
+    <hyperlink ref="F41" r:id="rId41"/>
+    <hyperlink ref="F42" r:id="rId42"/>
+    <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>