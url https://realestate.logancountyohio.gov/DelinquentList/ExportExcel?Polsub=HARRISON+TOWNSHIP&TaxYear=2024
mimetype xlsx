--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="160">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00516</t>
   </si>
   <si>
     <t>NICOL JENNIFER L</t>
   </si>
   <si>
@@ -78,234 +78,500 @@
   </si>
   <si>
     <t>1000 GARFIELD AVE LOT 42</t>
   </si>
   <si>
     <t>08-077-00-00-047-001</t>
   </si>
   <si>
     <t>HUDSON BRET L ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">C R 13  
 </t>
   </si>
   <si>
     <t>08-077-00-00-048-001</t>
   </si>
   <si>
     <t>HUDSON BRET L ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">C R 130  
 </t>
   </si>
   <si>
+    <t>08-090-00-00-024-000</t>
+  </si>
+  <si>
+    <t>ROPP RICHARD P ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2202 C R 11  
+</t>
+  </si>
+  <si>
+    <t>08-090-00-00-047-001</t>
+  </si>
+  <si>
+    <t>PICKERING MILES K ETUX &amp; KRISTA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1274 T R 204  
+</t>
+  </si>
+  <si>
     <t>08-090-00-00-064-000</t>
   </si>
   <si>
     <t>CROSBY COREEN E ETAL &amp; D'ANTE ST. CLAIR ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">T R 198  
 </t>
   </si>
   <si>
+    <t>08-090-00-00-071-000</t>
+  </si>
+  <si>
+    <t>DICKERSON BRYCE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1172 T R 198  
+</t>
+  </si>
+  <si>
+    <t>08-090-00-00-079-008</t>
+  </si>
+  <si>
+    <t>SKEELE KYLE S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2577 C R 11  
+</t>
+  </si>
+  <si>
+    <t>08-090-00-00-082-001</t>
+  </si>
+  <si>
+    <t>KESSLER JEFFREY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3024 C R 11  
+</t>
+  </si>
+  <si>
+    <t>08-105-00-00-002-000</t>
+  </si>
+  <si>
+    <t>DICKERSON JOHN M ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1350 T R 198  
+</t>
+  </si>
+  <si>
+    <t>08-106-00-00-002-000</t>
+  </si>
+  <si>
+    <t>CHURCHES OF CHRIST THE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1669 C R 11  
+</t>
+  </si>
+  <si>
+    <t>11-076-00-00-041-005</t>
+  </si>
+  <si>
+    <t>DIGADA EXCELLENT VENTURE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C R 32  
+</t>
+  </si>
+  <si>
+    <t>11-091-00-00-017-003</t>
+  </si>
+  <si>
+    <t>STRAKER INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 47  
+</t>
+  </si>
+  <si>
     <t>11-091-00-00-022-002</t>
   </si>
   <si>
     <t>JACKSON WILLIAM H</t>
   </si>
   <si>
     <t xml:space="preserve">1239 W COLUMBUS AVE  
 </t>
   </si>
   <si>
     <t>11-091-10-01-004-000</t>
   </si>
   <si>
     <t>LFH PROPERTIES AND INVESTMENTS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1120 W SANDUSKY AVE  
 </t>
   </si>
   <si>
     <t>11-091-10-01-005-000</t>
   </si>
   <si>
     <t>TOKIO INVESTMENTS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">W SANDUSKY AVE  
 </t>
   </si>
   <si>
+    <t>11-091-10-01-014-000</t>
+  </si>
+  <si>
+    <t>MOON BRENDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000 W SANDUSKY AVE  
+</t>
+  </si>
+  <si>
+    <t>11-091-10-01-017-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPRINGHILL ST  
+</t>
+  </si>
+  <si>
+    <t>11-091-10-01-018-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TROY RD  
+</t>
+  </si>
+  <si>
     <t>11-091-10-03-001-000</t>
   </si>
   <si>
     <t>BROWN G LORRAINE</t>
   </si>
   <si>
     <t>11-091-10-03-012-000</t>
   </si>
   <si>
     <t>WINSLOW JOSEPH SCOTT ETUX</t>
   </si>
   <si>
     <t xml:space="preserve">113 ST PARIS ST  
 </t>
   </si>
   <si>
     <t>11-091-10-03-013-000</t>
   </si>
   <si>
     <t>ELLIS HATTIE N</t>
   </si>
   <si>
     <t xml:space="preserve">ST PARIS ST  
 </t>
   </si>
   <si>
+    <t>11-091-10-03-016-000</t>
+  </si>
+  <si>
+    <t>GROW TRAVIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1005 W SANDUSKY AVE  
+</t>
+  </si>
+  <si>
+    <t>11-091-10-03-017-000</t>
+  </si>
+  <si>
+    <t>11-091-10-03-018-000</t>
+  </si>
+  <si>
+    <t>11-091-10-08-006-000</t>
+  </si>
+  <si>
+    <t>RISTER GARY L JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">901 W COLUMBUS AVE  
+</t>
+  </si>
+  <si>
+    <t>11-091-10-08-007-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">905 W COLUMBUS AVE  
+</t>
+  </si>
+  <si>
     <t>11-091-10-09-003-000</t>
   </si>
   <si>
     <t>PARK ANN M</t>
   </si>
   <si>
     <t xml:space="preserve">AUBURN AVE  
 </t>
   </si>
   <si>
     <t>01074</t>
   </si>
   <si>
     <t>BRENNER JOSEPH A &amp; ALISON</t>
   </si>
   <si>
     <t>INDIAN LAKE S D</t>
   </si>
   <si>
     <t>295 T R 46 N</t>
   </si>
   <si>
     <t>02543</t>
   </si>
   <si>
     <t>WATKINS JONATHAN</t>
   </si>
   <si>
     <t>3271 C R 130</t>
   </si>
   <si>
+    <t>09-062-00-00-060-000</t>
+  </si>
+  <si>
+    <t>LANE DAVID M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4045 C R 130  
+</t>
+  </si>
+  <si>
+    <t>09-062-20-01-005-000</t>
+  </si>
+  <si>
+    <t>MOONEY JERRY ETAL &amp; DORIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3895 LOGAN RD  
+</t>
+  </si>
+  <si>
     <t>09-062-20-01-007-000</t>
   </si>
   <si>
     <t>WARREN JOSHUA ETAL &amp; CRYSTAL</t>
   </si>
   <si>
     <t xml:space="preserve">3859 LOGAN RD  
 </t>
   </si>
   <si>
+    <t>09-062-20-01-023-000</t>
+  </si>
+  <si>
+    <t>ANSLEY AMANDA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3665 LOGAN RD  
+</t>
+  </si>
+  <si>
+    <t>09-062-20-01-025-000</t>
+  </si>
+  <si>
+    <t>GEHRLICH SANDY K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3655 LOGAN RD  
+</t>
+  </si>
+  <si>
     <t>09-062-20-02-031-000</t>
   </si>
   <si>
     <t>CUMMINS BENJAMIN L</t>
   </si>
   <si>
     <t xml:space="preserve">3847 HARRISON RD  
 </t>
   </si>
   <si>
     <t>09-062-20-03-009-000</t>
   </si>
   <si>
     <t>CARTER KENDALL ETUX &amp; PAULA</t>
   </si>
   <si>
     <t xml:space="preserve">3856 HARRISON RD  
 </t>
   </si>
   <si>
     <t>09-062-20-03-010-000</t>
   </si>
   <si>
     <t xml:space="preserve">HARRISON RD  
 </t>
   </si>
   <si>
     <t>09-062-20-03-014-000</t>
   </si>
   <si>
     <t>STOKES HAROLD E JR ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">3808 HARRISON RD  
 </t>
   </si>
   <si>
     <t>09-062-20-03-015-000</t>
   </si>
   <si>
     <t>WEBB LONA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">3796 HARRISON RD  
 </t>
   </si>
   <si>
+    <t>09-062-20-03-017-000</t>
+  </si>
+  <si>
+    <t>PARTINGTON JESSICA LYNN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3770 HARRISON RD  
+</t>
+  </si>
+  <si>
+    <t>09-075-00-00-012-001</t>
+  </si>
+  <si>
+    <t>GRIFFITHS JONATHAN O ETAL &amp; ERIN M RITTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T R 46  
+</t>
+  </si>
+  <si>
     <t>09-075-00-00-013-000</t>
   </si>
   <si>
-    <t>GRIFFITHS JONATHAN O ETAL &amp; ERIN M RITTER</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">2023 T R 46  
 </t>
   </si>
   <si>
     <t>09-075-00-00-024-007</t>
   </si>
   <si>
     <t>ROBISON STEVEN A &amp; ELLEN W POTTER</t>
   </si>
   <si>
+    <t>09-075-00-00-041-000</t>
+  </si>
+  <si>
+    <t>BRENNER FAMILY LIMITED PARTNERSHIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">842 T R 31  
+</t>
+  </si>
+  <si>
     <t>09-075-00-00-042-000</t>
   </si>
   <si>
     <t>BRENNER JOSEPH A II</t>
   </si>
   <si>
     <t xml:space="preserve">850 T R 31  
 </t>
   </si>
   <si>
+    <t>09-075-00-00-043-000</t>
+  </si>
+  <si>
+    <t>BRENNER FLOYD A ETUX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">778 T R 31  
+</t>
+  </si>
+  <si>
     <t>09-076-00-00-011-001</t>
   </si>
   <si>
     <t xml:space="preserve">3271 C R 130  
+</t>
+  </si>
+  <si>
+    <t>09-077-00-00-052-000</t>
+  </si>
+  <si>
+    <t>JORGENSEN CINDY M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1645 T R 56  
+</t>
+  </si>
+  <si>
+    <t>10-089-00-00-014-000</t>
+  </si>
+  <si>
+    <t>COMER DANIEL J ETUX</t>
+  </si>
+  <si>
+    <t>RIVERSIDE S D</t>
+  </si>
+  <si>
+    <t>10-089-00-00-015-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">224 T R 46  
+</t>
+  </si>
+  <si>
+    <t>10-089-00-00-016-000</t>
+  </si>
+  <si>
+    <t>10-089-00-00-022-002</t>
+  </si>
+  <si>
+    <t>10-089-00-00-033-002</t>
+  </si>
+  <si>
+    <t>MARTIN KARL RICHARD ETUX &amp; MERILYN VALENCIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S T R 31  
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -319,612 +585,1263 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F26" headerRowCount="1">
-  <autoFilter ref="A1:F26"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F57" headerRowCount="1">
+  <autoFilter ref="A1:F57"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2114&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=39627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=42244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=37513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=38856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=1993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2242&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=2247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=40516&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F57"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
-    <col min="2" max="2" width="44.750762939453125" customWidth="1"/>
+    <col min="2" max="2" width="46.82349395751953" customWidth="1"/>
     <col min="3" max="3" width="20.548110961914062" customWidth="1"/>
     <col min="4" max="4" width="25.44859504699707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>129.37</v>
+        <v>182.63</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>53.94</v>
+        <v>105.11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>83.62</v>
+        <v>164.38</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>283.43</v>
+        <v>547.49</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>123.4</v>
+        <v>238.28</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>63.88</v>
+        <v>0.82</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>134.2</v>
+        <v>3652.88</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>1206.48</v>
+        <v>205.48</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>11.24</v>
+        <v>2105.1</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>7781.28</v>
+        <v>198</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>2182.73</v>
+        <v>1986.54</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>7049.44</v>
+        <v>5622.31</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>1456.08</v>
+        <v>22.32</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>805.11</v>
+        <v>397.5</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>52.96</v>
+        <v>500</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>484.48</v>
+        <v>777.39</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>660.22</v>
+        <v>1888.85</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="3">
-        <v>1510.25</v>
+        <v>248.85</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E20" s="3">
-        <v>217.7</v>
+        <v>154</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="3">
-        <v>1442.12</v>
+        <v>138.47</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>5859.73</v>
+        <v>698.11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="E23" s="3">
-        <v>2109.89</v>
+        <v>7865.77</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" s="3">
-        <v>84.86</v>
+        <v>3510.83</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="3">
-        <v>1003.81</v>
+        <v>7162.17</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="3">
-        <v>1026.51</v>
+        <v>899.46</v>
       </c>
       <c r="F26" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" s="3">
+        <v>74.15</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" s="3">
+        <v>74.15</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E29" s="3">
+        <v>248.86</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E30" s="3">
+        <v>1483.92</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E31" s="3">
+        <v>1584.56</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="E32" s="3">
+        <v>1159.7</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E33" s="3">
+        <v>102.86</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E34" s="3">
+        <v>1743.87</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E35" s="3">
+        <v>26.37</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E36" s="3">
+        <v>1430.43</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" s="3">
+        <v>103.12</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E38" s="3">
+        <v>1750.29</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E39" s="3">
+        <v>1561.92</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" s="3">
+        <v>1528.23</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E41" s="3">
+        <v>422.87</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E42" s="3">
+        <v>1798</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E43" s="3">
+        <v>7494.29</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E44" s="3">
+        <v>537.16</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E45" s="3">
+        <v>201.84</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E46" s="3">
+        <v>7480.47</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" s="3">
+        <v>107.98</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="E48" s="3">
+        <v>2737.6</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E49" s="3">
+        <v>1296.75</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E50" s="3">
+        <v>827.87</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E51" s="3">
+        <v>1994</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E52" s="3">
+        <v>589.14</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E53" s="3">
+        <v>347.05</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E54" s="3">
+        <v>653.89</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E55" s="3">
+        <v>170.1</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E56" s="3">
+        <v>42.96</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E57" s="3">
+        <v>2.94</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
+    <hyperlink ref="F33" r:id="rId33"/>
+    <hyperlink ref="F34" r:id="rId34"/>
+    <hyperlink ref="F35" r:id="rId35"/>
+    <hyperlink ref="F36" r:id="rId36"/>
+    <hyperlink ref="F37" r:id="rId37"/>
+    <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
+    <hyperlink ref="F40" r:id="rId40"/>
+    <hyperlink ref="F41" r:id="rId41"/>
+    <hyperlink ref="F42" r:id="rId42"/>
+    <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>