--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -5,112 +5,162 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00539</t>
   </si>
   <si>
     <t>BRITTON CANDY E</t>
   </si>
   <si>
     <t>BENJAMIN LOGAN S D</t>
   </si>
   <si>
     <t>503 N STATE (REAR) ST</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>39-009-17-01-002-000</t>
+  </si>
+  <si>
+    <t>NEWMAN MADALYNN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W BUCKEYE AVE  
+</t>
+  </si>
+  <si>
     <t>39-022-05-04-005-000</t>
   </si>
   <si>
     <t>MCCURDY CHAD ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">301 N ELIZABETH ST  
 </t>
   </si>
   <si>
+    <t>39-022-06-04-001-000</t>
+  </si>
+  <si>
+    <t>MONTERROZA WHITNEY SUZANNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">510 N ELIZABETH ST  
+</t>
+  </si>
+  <si>
+    <t>39-022-06-08-002-000</t>
+  </si>
+  <si>
+    <t>GODSEY NATHAN S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 MAIN ST  
+</t>
+  </si>
+  <si>
     <t>39-022-06-08-006-000</t>
   </si>
   <si>
     <t>GILLIAM JAMES W</t>
   </si>
   <si>
     <t xml:space="preserve">211 MAIN ST  
 </t>
   </si>
   <si>
+    <t>39-022-06-12-003-000</t>
+  </si>
+  <si>
+    <t>DOWNING MICHELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">210 STATE ST  
+</t>
+  </si>
+  <si>
     <t>39-022-06-12-005-000</t>
   </si>
   <si>
     <t>LFH PROPERTIES AND INVESTMENTS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">206 N STATE ST  
+</t>
+  </si>
+  <si>
+    <t>39-022-06-16-008-000</t>
+  </si>
+  <si>
+    <t>STANNARD TIMOTHY C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">313 CHARLES ST  
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -124,70 +174,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F5" headerRowCount="1">
-  <autoFilter ref="A1:F5"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F10" headerRowCount="1">
+  <autoFilter ref="A1:F10"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20378&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/ManufacturedHome?Property_ID=36996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=19984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.logancountyohio.gov/RealEstate/Index?Property_ID=20438&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F5"/>
+  <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.122051239013672" customWidth="1"/>
     <col min="2" max="2" width="36.83428955078125" customWidth="1"/>
     <col min="3" max="3" width="20.877538681030273" customWidth="1"/>
     <col min="4" max="4" width="21.435108184814453" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -211,84 +261,189 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
         <v>21.18</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>462.2</v>
+        <v>785.91</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>3951.01</v>
+        <v>3045.23</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1024.33</v>
+        <v>1842.35</v>
       </c>
       <c r="F5" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="3">
+        <v>1339.06</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="3">
+        <v>6727.19</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="3">
+        <v>843.96</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" s="3">
+        <v>2614.36</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="3">
+        <v>2384.54</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
+    <hyperlink ref="F6" r:id="rId6"/>
+    <hyperlink ref="F7" r:id="rId7"/>
+    <hyperlink ref="F8" r:id="rId8"/>
+    <hyperlink ref="F9" r:id="rId9"/>
+    <hyperlink ref="F10" r:id="rId10"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>